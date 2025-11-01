--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -24,84 +24,84 @@
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Samvat 2082 Fundamental</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2025-10-01</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2025-10-03</t>
-[...25 lines deleted...]
-  <si>
     <t>2025-10-08</t>
   </si>
   <si>
     <t>101.43</t>
   </si>
   <si>
     <t>100.76</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>105.46</t>
+  </si>
+  <si>
+    <t>101.87</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>100.61</t>
+  </si>
+  <si>
+    <t>102.8</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>100.89</t>
+  </si>
+  <si>
+    <t>103.52</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>