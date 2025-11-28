--- v0 (2025-10-09)
+++ v1 (2025-11-28)
@@ -4,945 +4,963 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="282" uniqueCount="282">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="288" uniqueCount="288">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>High Quality Right Price Fundamental</t>
   </si>
   <si>
     <t>Equity Mid &amp; Small Cap</t>
   </si>
   <si>
     <t>2020-03-20</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-03-30</t>
-[...824 lines deleted...]
-    <t>462.03</t>
+    <t>2020-04-03</t>
+  </si>
+  <si>
+    <t>93.88</t>
+  </si>
+  <si>
+    <t>91.09</t>
+  </si>
+  <si>
+    <t>2020-04-29</t>
+  </si>
+  <si>
+    <t>118.24</t>
+  </si>
+  <si>
+    <t>105.41</t>
+  </si>
+  <si>
+    <t>2020-05-21</t>
+  </si>
+  <si>
+    <t>112.93</t>
+  </si>
+  <si>
+    <t>101.2</t>
+  </si>
+  <si>
+    <t>2020-06-12</t>
+  </si>
+  <si>
+    <t>119.87</t>
+  </si>
+  <si>
+    <t>113.24</t>
+  </si>
+  <si>
+    <t>2020-07-03</t>
+  </si>
+  <si>
+    <t>133.42</t>
+  </si>
+  <si>
+    <t>120.18</t>
+  </si>
+  <si>
+    <t>2020-07-24</t>
+  </si>
+  <si>
+    <t>140.82</t>
+  </si>
+  <si>
+    <t>123.66</t>
+  </si>
+  <si>
+    <t>2020-08-14</t>
+  </si>
+  <si>
+    <t>157.7</t>
+  </si>
+  <si>
+    <t>131.35</t>
+  </si>
+  <si>
+    <t>2020-09-04</t>
+  </si>
+  <si>
+    <t>165.98</t>
+  </si>
+  <si>
+    <t>137.3</t>
+  </si>
+  <si>
+    <t>2020-09-25</t>
+  </si>
+  <si>
+    <t>163.73</t>
+  </si>
+  <si>
+    <t>134.9</t>
+  </si>
+  <si>
+    <t>2020-10-19</t>
+  </si>
+  <si>
+    <t>168.35</t>
+  </si>
+  <si>
+    <t>137.96</t>
+  </si>
+  <si>
+    <t>2020-11-09</t>
+  </si>
+  <si>
+    <t>172.13</t>
+  </si>
+  <si>
+    <t>143.71</t>
+  </si>
+  <si>
+    <t>2020-12-02</t>
+  </si>
+  <si>
+    <t>190.79</t>
+  </si>
+  <si>
+    <t>160.41</t>
+  </si>
+  <si>
+    <t>2020-12-23</t>
+  </si>
+  <si>
+    <t>196.26</t>
+  </si>
+  <si>
+    <t>164.23</t>
+  </si>
+  <si>
+    <t>2021-01-14</t>
+  </si>
+  <si>
+    <t>207.06</t>
+  </si>
+  <si>
+    <t>177.77</t>
+  </si>
+  <si>
+    <t>2021-02-05</t>
+  </si>
+  <si>
+    <t>213.88</t>
+  </si>
+  <si>
+    <t>180.69</t>
+  </si>
+  <si>
+    <t>2021-02-26</t>
+  </si>
+  <si>
+    <t>225.33</t>
+  </si>
+  <si>
+    <t>189.19</t>
+  </si>
+  <si>
+    <t>2021-03-22</t>
+  </si>
+  <si>
+    <t>236.88</t>
+  </si>
+  <si>
+    <t>191.49</t>
+  </si>
+  <si>
+    <t>2021-04-15</t>
+  </si>
+  <si>
+    <t>247.54</t>
+  </si>
+  <si>
+    <t>190.86</t>
+  </si>
+  <si>
+    <t>2021-05-07</t>
+  </si>
+  <si>
+    <t>285.14</t>
+  </si>
+  <si>
+    <t>200.43</t>
+  </si>
+  <si>
+    <t>2021-05-31</t>
+  </si>
+  <si>
+    <t>310.08</t>
+  </si>
+  <si>
+    <t>211.77</t>
+  </si>
+  <si>
+    <t>2021-06-21</t>
+  </si>
+  <si>
+    <t>321.44</t>
+  </si>
+  <si>
+    <t>219.54</t>
+  </si>
+  <si>
+    <t>2021-07-12</t>
+  </si>
+  <si>
+    <t>339.45</t>
+  </si>
+  <si>
+    <t>228.38</t>
+  </si>
+  <si>
+    <t>2021-08-03</t>
+  </si>
+  <si>
+    <t>370</t>
+  </si>
+  <si>
+    <t>235.74</t>
+  </si>
+  <si>
+    <t>2021-08-25</t>
+  </si>
+  <si>
+    <t>337.14</t>
+  </si>
+  <si>
+    <t>226.05</t>
+  </si>
+  <si>
+    <t>2021-09-16</t>
+  </si>
+  <si>
+    <t>369.45</t>
+  </si>
+  <si>
+    <t>247.81</t>
+  </si>
+  <si>
+    <t>2021-10-07</t>
+  </si>
+  <si>
+    <t>377.85</t>
+  </si>
+  <si>
+    <t>254.95</t>
+  </si>
+  <si>
+    <t>2021-10-29</t>
+  </si>
+  <si>
+    <t>351.76</t>
+  </si>
+  <si>
+    <t>248.22</t>
+  </si>
+  <si>
+    <t>2021-11-24</t>
+  </si>
+  <si>
+    <t>345.98</t>
+  </si>
+  <si>
+    <t>252.32</t>
+  </si>
+  <si>
+    <t>2021-12-15</t>
+  </si>
+  <si>
+    <t>353.87</t>
+  </si>
+  <si>
+    <t>255.58</t>
+  </si>
+  <si>
+    <t>2022-01-05</t>
+  </si>
+  <si>
+    <t>359.4</t>
+  </si>
+  <si>
+    <t>258.27</t>
+  </si>
+  <si>
+    <t>2022-01-27</t>
+  </si>
+  <si>
+    <t>341.56</t>
+  </si>
+  <si>
+    <t>246.18</t>
+  </si>
+  <si>
+    <t>2022-02-17</t>
+  </si>
+  <si>
+    <t>342.12</t>
+  </si>
+  <si>
+    <t>242.26</t>
+  </si>
+  <si>
+    <t>2022-03-11</t>
+  </si>
+  <si>
+    <t>324.41</t>
+  </si>
+  <si>
+    <t>234.19</t>
+  </si>
+  <si>
+    <t>2022-04-04</t>
+  </si>
+  <si>
+    <t>359.83</t>
+  </si>
+  <si>
+    <t>252.17</t>
+  </si>
+  <si>
+    <t>2022-04-27</t>
+  </si>
+  <si>
+    <t>376.78</t>
+  </si>
+  <si>
+    <t>247.14</t>
+  </si>
+  <si>
+    <t>2022-05-19</t>
+  </si>
+  <si>
+    <t>329.91</t>
+  </si>
+  <si>
+    <t>223.68</t>
+  </si>
+  <si>
+    <t>2022-06-09</t>
+  </si>
+  <si>
+    <t>328.04</t>
+  </si>
+  <si>
+    <t>227.63</t>
+  </si>
+  <si>
+    <t>2022-06-30</t>
+  </si>
+  <si>
+    <t>303.53</t>
+  </si>
+  <si>
+    <t>217.37</t>
+  </si>
+  <si>
+    <t>2022-07-21</t>
+  </si>
+  <si>
+    <t>331.68</t>
+  </si>
+  <si>
+    <t>236.38</t>
+  </si>
+  <si>
+    <t>2022-08-12</t>
+  </si>
+  <si>
+    <t>343.36</t>
+  </si>
+  <si>
+    <t>248.54</t>
+  </si>
+  <si>
+    <t>2022-09-06</t>
+  </si>
+  <si>
+    <t>354.11</t>
+  </si>
+  <si>
+    <t>257.65</t>
+  </si>
+  <si>
+    <t>2022-09-27</t>
+  </si>
+  <si>
+    <t>339.13</t>
+  </si>
+  <si>
+    <t>246.71</t>
+  </si>
+  <si>
+    <t>2022-10-19</t>
+  </si>
+  <si>
+    <t>345.02</t>
+  </si>
+  <si>
+    <t>252.98</t>
+  </si>
+  <si>
+    <t>2022-11-14</t>
+  </si>
+  <si>
+    <t>341.6</t>
+  </si>
+  <si>
+    <t>256.28</t>
+  </si>
+  <si>
+    <t>2022-12-05</t>
+  </si>
+  <si>
+    <t>357</t>
+  </si>
+  <si>
+    <t>265.32</t>
+  </si>
+  <si>
+    <t>2022-12-26</t>
+  </si>
+  <si>
+    <t>335.9</t>
+  </si>
+  <si>
+    <t>251.45</t>
+  </si>
+  <si>
+    <t>2023-01-16</t>
+  </si>
+  <si>
+    <t>352.05</t>
+  </si>
+  <si>
+    <t>254.91</t>
+  </si>
+  <si>
+    <t>2023-02-07</t>
+  </si>
+  <si>
+    <t>325.91</t>
+  </si>
+  <si>
+    <t>249.53</t>
+  </si>
+  <si>
+    <t>2023-02-28</t>
+  </si>
+  <si>
+    <t>311.43</t>
+  </si>
+  <si>
+    <t>244.75</t>
+  </si>
+  <si>
+    <t>2023-03-22</t>
+  </si>
+  <si>
+    <t>310.18</t>
+  </si>
+  <si>
+    <t>243.22</t>
+  </si>
+  <si>
+    <t>2023-04-18</t>
+  </si>
+  <si>
+    <t>327.54</t>
+  </si>
+  <si>
+    <t>251.93</t>
+  </si>
+  <si>
+    <t>2023-05-10</t>
+  </si>
+  <si>
+    <t>337.44</t>
+  </si>
+  <si>
+    <t>261.93</t>
+  </si>
+  <si>
+    <t>2023-05-31</t>
+  </si>
+  <si>
+    <t>347.81</t>
+  </si>
+  <si>
+    <t>271.17</t>
+  </si>
+  <si>
+    <t>2023-06-21</t>
+  </si>
+  <si>
+    <t>382.72</t>
+  </si>
+  <si>
+    <t>287.27</t>
+  </si>
+  <si>
+    <t>2023-07-13</t>
+  </si>
+  <si>
+    <t>384.87</t>
+  </si>
+  <si>
+    <t>292.34</t>
+  </si>
+  <si>
+    <t>2023-08-03</t>
+  </si>
+  <si>
+    <t>408.53</t>
+  </si>
+  <si>
+    <t>302.79</t>
+  </si>
+  <si>
+    <t>2023-08-25</t>
+  </si>
+  <si>
+    <t>418.77</t>
+  </si>
+  <si>
+    <t>312.14</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>447.36</t>
+  </si>
+  <si>
+    <t>330.23</t>
+  </si>
+  <si>
+    <t>2023-10-10</t>
+  </si>
+  <si>
+    <t>436.45</t>
+  </si>
+  <si>
+    <t>327.27</t>
+  </si>
+  <si>
+    <t>2023-11-01</t>
+  </si>
+  <si>
+    <t>416.94</t>
+  </si>
+  <si>
+    <t>317.84</t>
+  </si>
+  <si>
+    <t>2023-11-23</t>
+  </si>
+  <si>
+    <t>453.37</t>
+  </si>
+  <si>
+    <t>342.33</t>
+  </si>
+  <si>
+    <t>2023-12-15</t>
+  </si>
+  <si>
+    <t>485.02</t>
+  </si>
+  <si>
+    <t>367.43</t>
+  </si>
+  <si>
+    <t>2024-01-08</t>
+  </si>
+  <si>
+    <t>507.84</t>
+  </si>
+  <si>
+    <t>378.98</t>
+  </si>
+  <si>
+    <t>2024-01-30</t>
+  </si>
+  <si>
+    <t>519.33</t>
+  </si>
+  <si>
+    <t>386.84</t>
+  </si>
+  <si>
+    <t>2024-02-20</t>
+  </si>
+  <si>
+    <t>532.61</t>
+  </si>
+  <si>
+    <t>397.71</t>
+  </si>
+  <si>
+    <t>2024-03-13</t>
+  </si>
+  <si>
+    <t>460.56</t>
+  </si>
+  <si>
+    <t>365.56</t>
+  </si>
+  <si>
+    <t>2024-04-05</t>
+  </si>
+  <si>
+    <t>506.14</t>
+  </si>
+  <si>
+    <t>403.75</t>
+  </si>
+  <si>
+    <t>2024-04-30</t>
+  </si>
+  <si>
+    <t>531.38</t>
+  </si>
+  <si>
+    <t>415.17</t>
+  </si>
+  <si>
+    <t>2024-05-23</t>
+  </si>
+  <si>
+    <t>538.15</t>
+  </si>
+  <si>
+    <t>425.08</t>
+  </si>
+  <si>
+    <t>2024-06-13</t>
+  </si>
+  <si>
+    <t>570.75</t>
+  </si>
+  <si>
+    <t>445.68</t>
+  </si>
+  <si>
+    <t>2024-07-05</t>
+  </si>
+  <si>
+    <t>607.94</t>
+  </si>
+  <si>
+    <t>467.34</t>
+  </si>
+  <si>
+    <t>2024-07-29</t>
+  </si>
+  <si>
+    <t>618.69</t>
+  </si>
+  <si>
+    <t>472.77</t>
+  </si>
+  <si>
+    <t>2024-08-20</t>
+  </si>
+  <si>
+    <t>630.74</t>
+  </si>
+  <si>
+    <t>470.16</t>
+  </si>
+  <si>
+    <t>2024-09-10</t>
+  </si>
+  <si>
+    <t>663.39</t>
+  </si>
+  <si>
+    <t>480.85</t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>669.69</t>
+  </si>
+  <si>
+    <t>489.69</t>
+  </si>
+  <si>
+    <t>2024-10-23</t>
+  </si>
+  <si>
+    <t>611.34</t>
+  </si>
+  <si>
+    <t>459.93</t>
+  </si>
+  <si>
+    <t>2024-11-14</t>
+  </si>
+  <si>
+    <t>606.69</t>
+  </si>
+  <si>
+    <t>441.37</t>
+  </si>
+  <si>
+    <t>2024-12-09</t>
+  </si>
+  <si>
+    <t>648.43</t>
+  </si>
+  <si>
+    <t>479.55</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>649.03</t>
+  </si>
+  <si>
+    <t>464.93</t>
+  </si>
+  <si>
+    <t>2025-01-21</t>
+  </si>
+  <si>
+    <t>606.46</t>
+  </si>
+  <si>
+    <t>436.12</t>
+  </si>
+  <si>
+    <t>2025-02-10</t>
+  </si>
+  <si>
+    <t>576.12</t>
+  </si>
+  <si>
+    <t>421.03</t>
+  </si>
+  <si>
+    <t>2025-03-04</t>
+  </si>
+  <si>
+    <t>497.91</t>
+  </si>
+  <si>
+    <t>381.69</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>515.65</t>
+  </si>
+  <si>
+    <t>409.93</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>549.58</t>
+  </si>
+  <si>
+    <t>431.53</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>574.98</t>
+  </si>
+  <si>
+    <t>441.52</t>
+  </si>
+  <si>
+    <t>2025-06-04</t>
+  </si>
+  <si>
+    <t>592.55</t>
+  </si>
+  <si>
+    <t>461.03</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>595.91</t>
+  </si>
+  <si>
+    <t>469.08</t>
+  </si>
+  <si>
+    <t>2025-07-16</t>
+  </si>
+  <si>
+    <t>604.73</t>
+  </si>
+  <si>
+    <t>479.09</t>
+  </si>
+  <si>
+    <t>2025-08-06</t>
+  </si>
+  <si>
+    <t>568.42</t>
+  </si>
+  <si>
+    <t>454.93</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>562.61</t>
+  </si>
+  <si>
+    <t>447.57</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>609.49</t>
+  </si>
+  <si>
+    <t>473.19</t>
+  </si>
+  <si>
+    <t>2025-10-13</t>
+  </si>
+  <si>
+    <t>579.38</t>
+  </si>
+  <si>
+    <t>466.79</t>
+  </si>
+  <si>
+    <t>2025-11-06</t>
+  </si>
+  <si>
+    <t>578.45</t>
+  </si>
+  <si>
+    <t>469.23</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>558.94</t>
+  </si>
+  <si>
+    <t>473.31</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D94"/>
+  <dimension ref="A1:D96"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -2214,41 +2232,69 @@
     <row r="93" spans="1:4">
       <c r="A93" s="0" t="s">
         <v>276</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>277</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>278</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="0" t="s">
         <v>279</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>280</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>281</v>
       </c>
       <c r="D94" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4">
+      <c r="A95" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="B95" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="D95" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4">
+      <c r="A96" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="B96" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="D96" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>