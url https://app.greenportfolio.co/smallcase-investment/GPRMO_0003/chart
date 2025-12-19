--- v1 (2025-11-28)
+++ v2 (2025-12-19)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="288" uniqueCount="288">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="291" uniqueCount="291">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>High Quality Right Price Fundamental</t>
   </si>
   <si>
     <t>Equity Mid &amp; Small Cap</t>
   </si>
   <si>
     <t>2020-03-20</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2020-04-03</t>
   </si>
   <si>
     <t>93.88</t>
   </si>
   <si>
@@ -868,99 +868,108 @@
     <t>2025-10-13</t>
   </si>
   <si>
     <t>579.38</t>
   </si>
   <si>
     <t>466.79</t>
   </si>
   <si>
     <t>2025-11-06</t>
   </si>
   <si>
     <t>578.45</t>
   </si>
   <si>
     <t>469.23</t>
   </si>
   <si>
     <t>2025-11-27</t>
   </si>
   <si>
     <t>558.94</t>
   </si>
   <si>
     <t>473.31</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>532.24</t>
+  </si>
+  <si>
+    <t>460.41</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D96"/>
+  <dimension ref="A1:D97"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -2260,41 +2269,55 @@
     <row r="95" spans="1:4">
       <c r="A95" s="0" t="s">
         <v>282</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>283</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>284</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="0" t="s">
         <v>285</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>286</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>287</v>
       </c>
       <c r="D96" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4">
+      <c r="A97" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="B97" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="D97" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>