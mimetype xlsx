--- v2 (2025-12-19)
+++ v3 (2026-01-29)
@@ -4,972 +4,987 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="291" uniqueCount="291">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="296" uniqueCount="296">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>High Quality Right Price Fundamental</t>
   </si>
   <si>
     <t>Equity Mid &amp; Small Cap</t>
   </si>
   <si>
     <t>2020-03-20</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-04-03</t>
-[...119 lines deleted...]
-    <t>207.06</t>
+    <t>2020-03-27</t>
+  </si>
+  <si>
+    <t>94.56</t>
+  </si>
+  <si>
+    <t>93.45</t>
+  </si>
+  <si>
+    <t>2020-04-23</t>
+  </si>
+  <si>
+    <t>112.4</t>
+  </si>
+  <si>
+    <t>103.57</t>
+  </si>
+  <si>
+    <t>2020-05-15</t>
+  </si>
+  <si>
+    <t>111.88</t>
+  </si>
+  <si>
+    <t>102.67</t>
+  </si>
+  <si>
+    <t>2020-06-08</t>
+  </si>
+  <si>
+    <t>121.75</t>
+  </si>
+  <si>
+    <t>113.51</t>
+  </si>
+  <si>
+    <t>2020-06-29</t>
+  </si>
+  <si>
+    <t>129.26</t>
+  </si>
+  <si>
+    <t>118.38</t>
+  </si>
+  <si>
+    <t>2020-07-20</t>
+  </si>
+  <si>
+    <t>138.53</t>
+  </si>
+  <si>
+    <t>122.93</t>
+  </si>
+  <si>
+    <t>2020-08-10</t>
+  </si>
+  <si>
+    <t>156.89</t>
+  </si>
+  <si>
+    <t>130.7</t>
+  </si>
+  <si>
+    <t>2020-08-31</t>
+  </si>
+  <si>
+    <t>162.34</t>
+  </si>
+  <si>
+    <t>135.32</t>
+  </si>
+  <si>
+    <t>2020-09-21</t>
+  </si>
+  <si>
+    <t>166.31</t>
+  </si>
+  <si>
+    <t>137.23</t>
+  </si>
+  <si>
+    <t>2020-10-13</t>
+  </si>
+  <si>
+    <t>166.92</t>
+  </si>
+  <si>
+    <t>137.86</t>
+  </si>
+  <si>
+    <t>2020-11-03</t>
+  </si>
+  <si>
+    <t>166.07</t>
+  </si>
+  <si>
+    <t>138.96</t>
+  </si>
+  <si>
+    <t>2020-11-25</t>
+  </si>
+  <si>
+    <t>182.17</t>
+  </si>
+  <si>
+    <t>153.16</t>
+  </si>
+  <si>
+    <t>2020-12-17</t>
+  </si>
+  <si>
+    <t>200.36</t>
+  </si>
+  <si>
+    <t>167.01</t>
+  </si>
+  <si>
+    <t>2021-01-08</t>
+  </si>
+  <si>
+    <t>207.75</t>
   </si>
   <si>
     <t>177.77</t>
   </si>
   <si>
-    <t>2021-02-05</t>
-[...389 lines deleted...]
-    <t>447.36</t>
+    <t>2021-02-01</t>
+  </si>
+  <si>
+    <t>204.96</t>
+  </si>
+  <si>
+    <t>173.49</t>
+  </si>
+  <si>
+    <t>2021-02-22</t>
+  </si>
+  <si>
+    <t>222.67</t>
+  </si>
+  <si>
+    <t>184.9</t>
+  </si>
+  <si>
+    <t>2021-03-16</t>
+  </si>
+  <si>
+    <t>237.29</t>
+  </si>
+  <si>
+    <t>195.96</t>
+  </si>
+  <si>
+    <t>2021-04-08</t>
+  </si>
+  <si>
+    <t>255.86</t>
+  </si>
+  <si>
+    <t>198.06</t>
+  </si>
+  <si>
+    <t>2021-05-03</t>
+  </si>
+  <si>
+    <t>285.16</t>
+  </si>
+  <si>
+    <t>198.27</t>
+  </si>
+  <si>
+    <t>2021-05-25</t>
+  </si>
+  <si>
+    <t>302.66</t>
+  </si>
+  <si>
+    <t>209.48</t>
+  </si>
+  <si>
+    <t>2021-06-15</t>
+  </si>
+  <si>
+    <t>327.5</t>
+  </si>
+  <si>
+    <t>223.73</t>
+  </si>
+  <si>
+    <t>2021-07-06</t>
+  </si>
+  <si>
+    <t>333.33</t>
+  </si>
+  <si>
+    <t>225.34</t>
+  </si>
+  <si>
+    <t>2021-07-28</t>
+  </si>
+  <si>
+    <t>361.41</t>
+  </si>
+  <si>
+    <t>229.3</t>
+  </si>
+  <si>
+    <t>2021-08-18</t>
+  </si>
+  <si>
+    <t>345.64</t>
+  </si>
+  <si>
+    <t>228.75</t>
+  </si>
+  <si>
+    <t>2021-09-09</t>
+  </si>
+  <si>
+    <t>363.32</t>
+  </si>
+  <si>
+    <t>241.17</t>
+  </si>
+  <si>
+    <t>2021-10-01</t>
+  </si>
+  <si>
+    <t>372.75</t>
+  </si>
+  <si>
+    <t>248.07</t>
+  </si>
+  <si>
+    <t>2021-10-25</t>
+  </si>
+  <si>
+    <t>358.76</t>
+  </si>
+  <si>
+    <t>247.5</t>
+  </si>
+  <si>
+    <t>2021-11-17</t>
+  </si>
+  <si>
+    <t>355.24</t>
+  </si>
+  <si>
+    <t>259.28</t>
+  </si>
+  <si>
+    <t>2021-12-09</t>
+  </si>
+  <si>
+    <t>355.3</t>
+  </si>
+  <si>
+    <t>255.19</t>
+  </si>
+  <si>
+    <t>2021-12-30</t>
+  </si>
+  <si>
+    <t>357.39</t>
+  </si>
+  <si>
+    <t>251.17</t>
+  </si>
+  <si>
+    <t>2022-01-20</t>
+  </si>
+  <si>
+    <t>359.32</t>
+  </si>
+  <si>
+    <t>261.73</t>
+  </si>
+  <si>
+    <t>2022-02-11</t>
+  </si>
+  <si>
+    <t>346.85</t>
+  </si>
+  <si>
+    <t>247.12</t>
+  </si>
+  <si>
+    <t>2022-03-07</t>
+  </si>
+  <si>
+    <t>307.57</t>
+  </si>
+  <si>
+    <t>222.8</t>
+  </si>
+  <si>
+    <t>2022-03-29</t>
+  </si>
+  <si>
+    <t>341.48</t>
+  </si>
+  <si>
+    <t>241.71</t>
+  </si>
+  <si>
+    <t>2022-04-21</t>
+  </si>
+  <si>
+    <t>382.96</t>
+  </si>
+  <si>
+    <t>252.1</t>
+  </si>
+  <si>
+    <t>2022-05-13</t>
+  </si>
+  <si>
+    <t>316.15</t>
+  </si>
+  <si>
+    <t>220.79</t>
+  </si>
+  <si>
+    <t>2022-06-03</t>
+  </si>
+  <si>
+    <t>333.56</t>
+  </si>
+  <si>
+    <t>229.98</t>
+  </si>
+  <si>
+    <t>2022-06-24</t>
+  </si>
+  <si>
+    <t>299.16</t>
+  </si>
+  <si>
+    <t>216.01</t>
+  </si>
+  <si>
+    <t>2022-07-15</t>
+  </si>
+  <si>
+    <t>318.01</t>
+  </si>
+  <si>
+    <t>228.11</t>
+  </si>
+  <si>
+    <t>2022-08-05</t>
+  </si>
+  <si>
+    <t>339.36</t>
+  </si>
+  <si>
+    <t>245.41</t>
+  </si>
+  <si>
+    <t>2022-08-30</t>
+  </si>
+  <si>
+    <t>348.96</t>
+  </si>
+  <si>
+    <t>254.61</t>
+  </si>
+  <si>
+    <t>2022-09-21</t>
+  </si>
+  <si>
+    <t>354.86</t>
+  </si>
+  <si>
+    <t>258.35</t>
+  </si>
+  <si>
+    <t>2022-10-13</t>
+  </si>
+  <si>
+    <t>341.79</t>
+  </si>
+  <si>
+    <t>250.05</t>
+  </si>
+  <si>
+    <t>2022-11-07</t>
+  </si>
+  <si>
+    <t>346.51</t>
+  </si>
+  <si>
+    <t>259.47</t>
+  </si>
+  <si>
+    <t>2022-11-29</t>
+  </si>
+  <si>
+    <t>349.72</t>
+  </si>
+  <si>
+    <t>259.08</t>
+  </si>
+  <si>
+    <t>2022-12-20</t>
+  </si>
+  <si>
+    <t>358.77</t>
+  </si>
+  <si>
+    <t>261.99</t>
+  </si>
+  <si>
+    <t>2023-01-10</t>
+  </si>
+  <si>
+    <t>348.56</t>
+  </si>
+  <si>
+    <t>256.04</t>
+  </si>
+  <si>
+    <t>2023-02-01</t>
   </si>
   <si>
     <t>330.23</t>
   </si>
   <si>
-    <t>2023-10-10</t>
-[...329 lines deleted...]
-    <t>460.41</t>
+    <t>2023-02-22</t>
+  </si>
+  <si>
+    <t>316.91</t>
+  </si>
+  <si>
+    <t>246.11</t>
+  </si>
+  <si>
+    <t>2023-03-16</t>
+  </si>
+  <si>
+    <t>306.14</t>
+  </si>
+  <si>
+    <t>242.08</t>
+  </si>
+  <si>
+    <t>2023-04-11</t>
+  </si>
+  <si>
+    <t>319.71</t>
+  </si>
+  <si>
+    <t>248.3</t>
+  </si>
+  <si>
+    <t>2023-05-04</t>
+  </si>
+  <si>
+    <t>339.4</t>
+  </si>
+  <si>
+    <t>260.99</t>
+  </si>
+  <si>
+    <t>2023-05-25</t>
+  </si>
+  <si>
+    <t>341.63</t>
+  </si>
+  <si>
+    <t>266.46</t>
+  </si>
+  <si>
+    <t>2023-06-15</t>
+  </si>
+  <si>
+    <t>372.68</t>
+  </si>
+  <si>
+    <t>282.16</t>
+  </si>
+  <si>
+    <t>2023-07-07</t>
+  </si>
+  <si>
+    <t>385.7</t>
+  </si>
+  <si>
+    <t>291.5</t>
+  </si>
+  <si>
+    <t>2023-07-28</t>
+  </si>
+  <si>
+    <t>404.77</t>
+  </si>
+  <si>
+    <t>302.67</t>
+  </si>
+  <si>
+    <t>2023-08-21</t>
+  </si>
+  <si>
+    <t>414.32</t>
+  </si>
+  <si>
+    <t>309.09</t>
+  </si>
+  <si>
+    <t>2023-09-11</t>
+  </si>
+  <si>
+    <t>459.09</t>
+  </si>
+  <si>
+    <t>335.96</t>
+  </si>
+  <si>
+    <t>2023-10-04</t>
+  </si>
+  <si>
+    <t>439.58</t>
+  </si>
+  <si>
+    <t>325.62</t>
+  </si>
+  <si>
+    <t>2023-10-26</t>
+  </si>
+  <si>
+    <t>411.38</t>
+  </si>
+  <si>
+    <t>312.54</t>
+  </si>
+  <si>
+    <t>2023-11-17</t>
+  </si>
+  <si>
+    <t>448.93</t>
+  </si>
+  <si>
+    <t>341.69</t>
+  </si>
+  <si>
+    <t>2023-12-11</t>
+  </si>
+  <si>
+    <t>478.62</t>
+  </si>
+  <si>
+    <t>360.78</t>
+  </si>
+  <si>
+    <t>2024-01-02</t>
+  </si>
+  <si>
+    <t>507.45</t>
+  </si>
+  <si>
+    <t>374.49</t>
+  </si>
+  <si>
+    <t>2024-01-23</t>
+  </si>
+  <si>
+    <t>513.3</t>
+  </si>
+  <si>
+    <t>376.16</t>
+  </si>
+  <si>
+    <t>2024-02-14</t>
+  </si>
+  <si>
+    <t>518.25</t>
+  </si>
+  <si>
+    <t>389.93</t>
+  </si>
+  <si>
+    <t>2024-03-06</t>
+  </si>
+  <si>
+    <t>507.09</t>
+  </si>
+  <si>
+    <t>391.06</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>493.71</t>
+  </si>
+  <si>
+    <t>393.7</t>
+  </si>
+  <si>
+    <t>2024-04-24</t>
+  </si>
+  <si>
+    <t>524</t>
+  </si>
+  <si>
+    <t>408.48</t>
+  </si>
+  <si>
+    <t>2024-05-16</t>
+  </si>
+  <si>
+    <t>532.85</t>
+  </si>
+  <si>
+    <t>414.65</t>
+  </si>
+  <si>
+    <t>2024-06-07</t>
+  </si>
+  <si>
+    <t>550.07</t>
+  </si>
+  <si>
+    <t>431.63</t>
+  </si>
+  <si>
+    <t>2024-07-01</t>
+  </si>
+  <si>
+    <t>602.69</t>
+  </si>
+  <si>
+    <t>459.84</t>
+  </si>
+  <si>
+    <t>2024-07-23</t>
+  </si>
+  <si>
+    <t>596.34</t>
+  </si>
+  <si>
+    <t>457.07</t>
+  </si>
+  <si>
+    <t>2024-08-13</t>
+  </si>
+  <si>
+    <t>618.03</t>
+  </si>
+  <si>
+    <t>458.12</t>
+  </si>
+  <si>
+    <t>2024-09-04</t>
+  </si>
+  <si>
+    <t>659.5</t>
+  </si>
+  <si>
+    <t>480.86</t>
+  </si>
+  <si>
+    <t>2024-09-25</t>
+  </si>
+  <si>
+    <t>671.79</t>
+  </si>
+  <si>
+    <t>489.23</t>
+  </si>
+  <si>
+    <t>2024-10-17</t>
+  </si>
+  <si>
+    <t>639.04</t>
+  </si>
+  <si>
+    <t>477.69</t>
+  </si>
+  <si>
+    <t>2024-11-08</t>
+  </si>
+  <si>
+    <t>634.38</t>
+  </si>
+  <si>
+    <t>460.7</t>
+  </si>
+  <si>
+    <t>2024-12-03</t>
+  </si>
+  <si>
+    <t>640.69</t>
+  </si>
+  <si>
+    <t>469.45</t>
+  </si>
+  <si>
+    <t>2024-12-24</t>
+  </si>
+  <si>
+    <t>643.16</t>
+  </si>
+  <si>
+    <t>463.32</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>605.61</t>
+  </si>
+  <si>
+    <t>436.48</t>
+  </si>
+  <si>
+    <t>2025-02-04</t>
+  </si>
+  <si>
+    <t>573.65</t>
+  </si>
+  <si>
+    <t>428.76</t>
+  </si>
+  <si>
+    <t>2025-02-25</t>
+  </si>
+  <si>
+    <t>524.28</t>
+  </si>
+  <si>
+    <t>395.13</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>526.25</t>
+  </si>
+  <si>
+    <t>407.26</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>530.63</t>
+  </si>
+  <si>
+    <t>413.5</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>528.98</t>
+  </si>
+  <si>
+    <t>418.71</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>586.71</t>
+  </si>
+  <si>
+    <t>455.94</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>577.05</t>
+  </si>
+  <si>
+    <t>454.31</t>
+  </si>
+  <si>
+    <t>2025-07-10</t>
+  </si>
+  <si>
+    <t>597.63</t>
+  </si>
+  <si>
+    <t>474.57</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>592.89</t>
+  </si>
+  <si>
+    <t>462.2</t>
+  </si>
+  <si>
+    <t>2025-08-22</t>
+  </si>
+  <si>
+    <t>579.49</t>
+  </si>
+  <si>
+    <t>462.38</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>602.79</t>
+  </si>
+  <si>
+    <t>467.39</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>579.19</t>
+  </si>
+  <si>
+    <t>465.12</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>593.95</t>
+  </si>
+  <si>
+    <t>475.82</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>561.18</t>
+  </si>
+  <si>
+    <t>469.13</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>539.34</t>
+  </si>
+  <si>
+    <t>465.99</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>576.15</t>
+  </si>
+  <si>
+    <t>475.9</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>536.21</t>
+  </si>
+  <si>
+    <t>449.07</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D97"/>
+  <dimension ref="A1:D99"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1622,702 +1637,730 @@
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0" t="s">
         <v>144</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>149</v>
+        <v>83</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="B51" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="B51" s="0" t="s">
+      <c r="C51" s="0" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="B52" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="B52" s="0" t="s">
+      <c r="C52" s="0" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B53" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="B53" s="0" t="s">
+      <c r="C53" s="0" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="B54" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="B54" s="0" t="s">
+      <c r="C54" s="0" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="B55" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="B55" s="0" t="s">
+      <c r="C55" s="0" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="B56" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="B56" s="0" t="s">
+      <c r="C56" s="0" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="B57" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="B57" s="0" t="s">
+      <c r="C57" s="0" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B58" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="B58" s="0" t="s">
+      <c r="C58" s="0" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="B59" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="B59" s="0" t="s">
+      <c r="C59" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="B60" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="B60" s="0" t="s">
+      <c r="C60" s="0" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B61" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="B61" s="0" t="s">
+      <c r="C61" s="0" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B62" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="B62" s="0" t="s">
+      <c r="C62" s="0" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="B63" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="B63" s="0" t="s">
+      <c r="C63" s="0" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="B64" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="B64" s="0" t="s">
+      <c r="C64" s="0" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="B65" s="0" t="s">
+      <c r="C65" s="0" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="B66" s="0" t="s">
+      <c r="C66" s="0" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="B67" s="0" t="s">
+      <c r="C67" s="0" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="B68" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="B68" s="0" t="s">
+      <c r="C68" s="0" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="B69" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="B69" s="0" t="s">
+      <c r="C69" s="0" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="B70" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="B70" s="0" t="s">
+      <c r="C70" s="0" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>210</v>
       </c>
-      <c r="B71" s="0" t="s">
+      <c r="C71" s="0" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="B72" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="B72" s="0" t="s">
+      <c r="C72" s="0" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="B73" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="B73" s="0" t="s">
+      <c r="C73" s="0" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="B74" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="B74" s="0" t="s">
+      <c r="C74" s="0" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="B75" s="0" t="s">
         <v>222</v>
       </c>
-      <c r="B75" s="0" t="s">
+      <c r="C75" s="0" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="B76" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="B76" s="0" t="s">
+      <c r="C76" s="0" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="B77" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="B77" s="0" t="s">
+      <c r="C77" s="0" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="B78" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="B78" s="0" t="s">
+      <c r="C78" s="0" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="B79" s="0" t="s">
         <v>234</v>
       </c>
-      <c r="B79" s="0" t="s">
+      <c r="C79" s="0" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="B80" s="0" t="s">
         <v>237</v>
       </c>
-      <c r="B80" s="0" t="s">
+      <c r="C80" s="0" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="B81" s="0" t="s">
         <v>240</v>
       </c>
-      <c r="B81" s="0" t="s">
+      <c r="C81" s="0" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="B82" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="B82" s="0" t="s">
+      <c r="C82" s="0" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="B83" s="0" t="s">
         <v>246</v>
       </c>
-      <c r="B83" s="0" t="s">
+      <c r="C83" s="0" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="B84" s="0" t="s">
         <v>249</v>
       </c>
-      <c r="B84" s="0" t="s">
+      <c r="C84" s="0" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="B85" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="B85" s="0" t="s">
+      <c r="C85" s="0" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="B86" s="0" t="s">
         <v>255</v>
       </c>
-      <c r="B86" s="0" t="s">
+      <c r="C86" s="0" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="B87" s="0" t="s">
         <v>258</v>
       </c>
-      <c r="B87" s="0" t="s">
+      <c r="C87" s="0" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="B88" s="0" t="s">
         <v>261</v>
       </c>
-      <c r="B88" s="0" t="s">
+      <c r="C88" s="0" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="B89" s="0" t="s">
         <v>264</v>
       </c>
-      <c r="B89" s="0" t="s">
+      <c r="C89" s="0" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="B90" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="B90" s="0" t="s">
+      <c r="C90" s="0" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="B91" s="0" t="s">
         <v>270</v>
       </c>
-      <c r="B91" s="0" t="s">
+      <c r="C91" s="0" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="B92" s="0" t="s">
         <v>273</v>
       </c>
-      <c r="B92" s="0" t="s">
+      <c r="C92" s="0" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="B93" s="0" t="s">
         <v>276</v>
       </c>
-      <c r="B93" s="0" t="s">
+      <c r="C93" s="0" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="B94" s="0" t="s">
         <v>279</v>
       </c>
-      <c r="B94" s="0" t="s">
+      <c r="C94" s="0" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="B95" s="0" t="s">
         <v>282</v>
       </c>
-      <c r="B95" s="0" t="s">
+      <c r="C95" s="0" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="B96" s="0" t="s">
         <v>285</v>
       </c>
-      <c r="B96" s="0" t="s">
+      <c r="C96" s="0" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="B97" s="0" t="s">
         <v>288</v>
       </c>
-      <c r="B97" s="0" t="s">
+      <c r="C97" s="0" t="s">
         <v>289</v>
       </c>
-      <c r="C97" s="0" t="s">
+      <c r="D97" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4">
+      <c r="A98" s="0" t="s">
         <v>290</v>
       </c>
-      <c r="D97" s="0" t="s">
+      <c r="B98" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="D98" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4">
+      <c r="A99" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="B99" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="D99" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>