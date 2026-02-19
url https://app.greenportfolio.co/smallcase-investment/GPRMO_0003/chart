--- v3 (2026-01-29)
+++ v4 (2026-02-19)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="296" uniqueCount="296">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="299">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>High Quality Right Price Fundamental</t>
   </si>
   <si>
     <t>Equity Mid &amp; Small Cap</t>
   </si>
   <si>
     <t>2020-03-20</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2020-03-27</t>
   </si>
   <si>
     <t>94.56</t>
   </si>
   <si>
@@ -892,99 +892,108 @@
     <t>2025-12-12</t>
   </si>
   <si>
     <t>539.34</t>
   </si>
   <si>
     <t>465.99</t>
   </si>
   <si>
     <t>2026-01-05</t>
   </si>
   <si>
     <t>576.15</t>
   </si>
   <si>
     <t>475.9</t>
   </si>
   <si>
     <t>2026-01-28</t>
   </si>
   <si>
     <t>536.21</t>
   </si>
   <si>
     <t>449.07</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>570.9</t>
+  </si>
+  <si>
+    <t>461.55</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D99"/>
+  <dimension ref="A1:D100"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -2326,41 +2335,55 @@
     <row r="98" spans="1:4">
       <c r="A98" s="0" t="s">
         <v>290</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>291</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>292</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="0" t="s">
         <v>293</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>294</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>295</v>
       </c>
       <c r="D99" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4">
+      <c r="A100" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="B100" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="D100" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>