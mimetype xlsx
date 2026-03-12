--- v4 (2026-02-19)
+++ v5 (2026-03-12)
@@ -4,996 +4,1008 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="299">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="303" uniqueCount="303">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>High Quality Right Price Fundamental</t>
   </si>
   <si>
     <t>Equity Mid &amp; Small Cap</t>
   </si>
   <si>
     <t>2020-03-20</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-03-27</t>
-[...353 lines deleted...]
-    <t>339.36</t>
+    <t>2020-03-24</t>
+  </si>
+  <si>
+    <t>89.33</t>
+  </si>
+  <si>
+    <t>87.54</t>
+  </si>
+  <si>
+    <t>2020-04-20</t>
+  </si>
+  <si>
+    <t>113.04</t>
+  </si>
+  <si>
+    <t>104.94</t>
+  </si>
+  <si>
+    <t>2020-05-12</t>
+  </si>
+  <si>
+    <t>110.62</t>
+  </si>
+  <si>
+    <t>101.4</t>
+  </si>
+  <si>
+    <t>2020-06-03</t>
+  </si>
+  <si>
+    <t>118.56</t>
+  </si>
+  <si>
+    <t>110.69</t>
+  </si>
+  <si>
+    <t>2020-06-24</t>
+  </si>
+  <si>
+    <t>127.75</t>
+  </si>
+  <si>
+    <t>118.86</t>
+  </si>
+  <si>
+    <t>2020-07-15</t>
+  </si>
+  <si>
+    <t>137.22</t>
+  </si>
+  <si>
+    <t>120.04</t>
+  </si>
+  <si>
+    <t>2020-08-05</t>
+  </si>
+  <si>
+    <t>150.05</t>
+  </si>
+  <si>
+    <t>126.32</t>
+  </si>
+  <si>
+    <t>2020-08-26</t>
+  </si>
+  <si>
+    <t>174.95</t>
+  </si>
+  <si>
+    <t>140.18</t>
+  </si>
+  <si>
+    <t>2020-09-16</t>
+  </si>
+  <si>
+    <t>171.82</t>
+  </si>
+  <si>
+    <t>143.15</t>
+  </si>
+  <si>
+    <t>2020-10-08</t>
+  </si>
+  <si>
+    <t>169.26</t>
+  </si>
+  <si>
+    <t>139.51</t>
+  </si>
+  <si>
+    <t>2020-10-29</t>
+  </si>
+  <si>
+    <t>168.77</t>
+  </si>
+  <si>
+    <t>138.12</t>
+  </si>
+  <si>
+    <t>2020-11-20</t>
+  </si>
+  <si>
+    <t>183.17</t>
+  </si>
+  <si>
+    <t>151.94</t>
+  </si>
+  <si>
+    <t>2020-12-14</t>
+  </si>
+  <si>
+    <t>200.22</t>
+  </si>
+  <si>
+    <t>165.04</t>
+  </si>
+  <si>
+    <t>2021-01-05</t>
+  </si>
+  <si>
+    <t>207.17</t>
+  </si>
+  <si>
+    <t>173.7</t>
+  </si>
+  <si>
+    <t>2021-01-27</t>
+  </si>
+  <si>
+    <t>200.75</t>
+  </si>
+  <si>
+    <t>170.33</t>
+  </si>
+  <si>
+    <t>2021-02-17</t>
+  </si>
+  <si>
+    <t>221.98</t>
+  </si>
+  <si>
+    <t>188.23</t>
+  </si>
+  <si>
+    <t>2021-03-10</t>
+  </si>
+  <si>
+    <t>237.13</t>
+  </si>
+  <si>
+    <t>196.93</t>
+  </si>
+  <si>
+    <t>2021-04-05</t>
+  </si>
+  <si>
+    <t>239.11</t>
+  </si>
+  <si>
+    <t>192.68</t>
+  </si>
+  <si>
+    <t>2021-04-28</t>
+  </si>
+  <si>
+    <t>272.46</t>
+  </si>
+  <si>
+    <t>197.86</t>
+  </si>
+  <si>
+    <t>2021-05-20</t>
+  </si>
+  <si>
+    <t>293.9</t>
+  </si>
+  <si>
+    <t>206.39</t>
+  </si>
+  <si>
+    <t>2021-06-10</t>
+  </si>
+  <si>
+    <t>328.41</t>
+  </si>
+  <si>
+    <t>222.64</t>
+  </si>
+  <si>
+    <t>2021-07-01</t>
+  </si>
+  <si>
+    <t>329.57</t>
+  </si>
+  <si>
+    <t>222.54</t>
+  </si>
+  <si>
+    <t>2021-07-23</t>
+  </si>
+  <si>
+    <t>353.48</t>
+  </si>
+  <si>
+    <t>230.72</t>
+  </si>
+  <si>
+    <t>2021-08-13</t>
+  </si>
+  <si>
+    <t>355.07</t>
+  </si>
+  <si>
+    <t>229.55</t>
+  </si>
+  <si>
+    <t>2021-09-06</t>
+  </si>
+  <si>
+    <t>358.93</t>
+  </si>
+  <si>
+    <t>239.47</t>
+  </si>
+  <si>
+    <t>2021-09-28</t>
+  </si>
+  <si>
+    <t>369</t>
+  </si>
+  <si>
+    <t>244.66</t>
+  </si>
+  <si>
+    <t>2021-10-20</t>
+  </si>
+  <si>
+    <t>371.88</t>
+  </si>
+  <si>
+    <t>255.47</t>
+  </si>
+  <si>
+    <t>2021-11-12</t>
+  </si>
+  <si>
+    <t>359.63</t>
+  </si>
+  <si>
+    <t>259.84</t>
+  </si>
+  <si>
+    <t>2021-12-06</t>
+  </si>
+  <si>
+    <t>343.6</t>
+  </si>
+  <si>
+    <t>246.75</t>
+  </si>
+  <si>
+    <t>2021-12-27</t>
+  </si>
+  <si>
+    <t>349.97</t>
+  </si>
+  <si>
+    <t>247.43</t>
+  </si>
+  <si>
+    <t>2022-01-17</t>
+  </si>
+  <si>
+    <t>370.62</t>
+  </si>
+  <si>
+    <t>267.48</t>
+  </si>
+  <si>
+    <t>2022-02-08</t>
+  </si>
+  <si>
+    <t>343.1</t>
+  </si>
+  <si>
+    <t>249.31</t>
+  </si>
+  <si>
+    <t>2022-03-02</t>
+  </si>
+  <si>
+    <t>320.32</t>
+  </si>
+  <si>
+    <t>232.45</t>
+  </si>
+  <si>
+    <t>2022-03-24</t>
+  </si>
+  <si>
+    <t>343.17</t>
+  </si>
+  <si>
+    <t>241.61</t>
+  </si>
+  <si>
+    <t>2022-04-18</t>
+  </si>
+  <si>
+    <t>382.24</t>
+  </si>
+  <si>
+    <t>251.54</t>
+  </si>
+  <si>
+    <t>2022-05-10</t>
+  </si>
+  <si>
+    <t>328.08</t>
+  </si>
+  <si>
+    <t>226</t>
+  </si>
+  <si>
+    <t>2022-05-31</t>
+  </si>
+  <si>
+    <t>332.8</t>
+  </si>
+  <si>
+    <t>230.8</t>
+  </si>
+  <si>
+    <t>2022-06-21</t>
+  </si>
+  <si>
+    <t>293.27</t>
+  </si>
+  <si>
+    <t>213.26</t>
+  </si>
+  <si>
+    <t>2022-07-12</t>
+  </si>
+  <si>
+    <t>319.94</t>
+  </si>
+  <si>
+    <t>227.04</t>
+  </si>
+  <si>
+    <t>2022-08-02</t>
+  </si>
+  <si>
+    <t>342.05</t>
   </si>
   <si>
     <t>245.41</t>
   </si>
   <si>
-    <t>2022-08-30</t>
-[...515 lines deleted...]
-    <t>461.55</t>
+    <t>2022-08-25</t>
+  </si>
+  <si>
+    <t>346.53</t>
+  </si>
+  <si>
+    <t>250.86</t>
+  </si>
+  <si>
+    <t>2022-09-16</t>
+  </si>
+  <si>
+    <t>353.85</t>
+  </si>
+  <si>
+    <t>257.12</t>
+  </si>
+  <si>
+    <t>2022-10-10</t>
+  </si>
+  <si>
+    <t>353.2</t>
+  </si>
+  <si>
+    <t>254.26</t>
+  </si>
+  <si>
+    <t>2022-11-02</t>
+  </si>
+  <si>
+    <t>343.55</t>
+  </si>
+  <si>
+    <t>256.9</t>
+  </si>
+  <si>
+    <t>2022-11-24</t>
+  </si>
+  <si>
+    <t>347.24</t>
+  </si>
+  <si>
+    <t>255.71</t>
+  </si>
+  <si>
+    <t>2022-12-15</t>
+  </si>
+  <si>
+    <t>358.3</t>
+  </si>
+  <si>
+    <t>264.62</t>
+  </si>
+  <si>
+    <t>2023-01-05</t>
+  </si>
+  <si>
+    <t>353.36</t>
+  </si>
+  <si>
+    <t>257.25</t>
+  </si>
+  <si>
+    <t>2023-01-27</t>
+  </si>
+  <si>
+    <t>328.1</t>
+  </si>
+  <si>
+    <t>246.23</t>
+  </si>
+  <si>
+    <t>2023-02-17</t>
+  </si>
+  <si>
+    <t>327.95</t>
+  </si>
+  <si>
+    <t>249.69</t>
+  </si>
+  <si>
+    <t>2023-03-13</t>
+  </si>
+  <si>
+    <t>309.53</t>
+  </si>
+  <si>
+    <t>244.22</t>
+  </si>
+  <si>
+    <t>2023-04-05</t>
+  </si>
+  <si>
+    <t>313.06</t>
+  </si>
+  <si>
+    <t>244.79</t>
+  </si>
+  <si>
+    <t>2023-04-28</t>
+  </si>
+  <si>
+    <t>333.51</t>
+  </si>
+  <si>
+    <t>256.69</t>
+  </si>
+  <si>
+    <t>2023-05-22</t>
+  </si>
+  <si>
+    <t>334.35</t>
+  </si>
+  <si>
+    <t>264.22</t>
+  </si>
+  <si>
+    <t>2023-06-12</t>
+  </si>
+  <si>
+    <t>364.8</t>
+  </si>
+  <si>
+    <t>277.9</t>
+  </si>
+  <si>
+    <t>2023-07-04</t>
+  </si>
+  <si>
+    <t>382.6</t>
+  </si>
+  <si>
+    <t>289.13</t>
+  </si>
+  <si>
+    <t>2023-07-25</t>
+  </si>
+  <si>
+    <t>399.23</t>
+  </si>
+  <si>
+    <t>299.68</t>
+  </si>
+  <si>
+    <t>2023-08-16</t>
+  </si>
+  <si>
+    <t>411.62</t>
+  </si>
+  <si>
+    <t>306.49</t>
+  </si>
+  <si>
+    <t>2023-09-06</t>
+  </si>
+  <si>
+    <t>453.71</t>
+  </si>
+  <si>
+    <t>327.82</t>
+  </si>
+  <si>
+    <t>2023-09-28</t>
+  </si>
+  <si>
+    <t>441.22</t>
+  </si>
+  <si>
+    <t>325.46</t>
+  </si>
+  <si>
+    <t>2023-10-20</t>
+  </si>
+  <si>
+    <t>437.29</t>
+  </si>
+  <si>
+    <t>327.48</t>
+  </si>
+  <si>
+    <t>2023-11-13</t>
+  </si>
+  <si>
+    <t>442.21</t>
+  </si>
+  <si>
+    <t>335.28</t>
+  </si>
+  <si>
+    <t>2023-12-06</t>
+  </si>
+  <si>
+    <t>479.62</t>
+  </si>
+  <si>
+    <t>358.35</t>
+  </si>
+  <si>
+    <t>2023-12-28</t>
+  </si>
+  <si>
+    <t>496.8</t>
+  </si>
+  <si>
+    <t>369.89</t>
+  </si>
+  <si>
+    <t>2024-01-18</t>
+  </si>
+  <si>
+    <t>509.05</t>
+  </si>
+  <si>
+    <t>380.72</t>
+  </si>
+  <si>
+    <t>2024-02-09</t>
+  </si>
+  <si>
+    <t>526</t>
+  </si>
+  <si>
+    <t>395.98</t>
+  </si>
+  <si>
+    <t>2024-03-01</t>
+  </si>
+  <si>
+    <t>520.48</t>
+  </si>
+  <si>
+    <t>394.95</t>
+  </si>
+  <si>
+    <t>2024-03-26</t>
+  </si>
+  <si>
+    <t>473.69</t>
+  </si>
+  <si>
+    <t>382.19</t>
+  </si>
+  <si>
+    <t>2024-04-19</t>
+  </si>
+  <si>
+    <t>508.84</t>
+  </si>
+  <si>
+    <t>397.84</t>
+  </si>
+  <si>
+    <t>2024-05-13</t>
+  </si>
+  <si>
+    <t>520.17</t>
+  </si>
+  <si>
+    <t>402.49</t>
+  </si>
+  <si>
+    <t>2024-06-04</t>
+  </si>
+  <si>
+    <t>505.78</t>
+  </si>
+  <si>
+    <t>399.2</t>
+  </si>
+  <si>
+    <t>2024-06-26</t>
+  </si>
+  <si>
+    <t>586.96</t>
+  </si>
+  <si>
+    <t>452.21</t>
+  </si>
+  <si>
+    <t>2024-07-18</t>
+  </si>
+  <si>
+    <t>601.01</t>
+  </si>
+  <si>
+    <t>464.85</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>624.58</t>
+  </si>
+  <si>
+    <t>457.82</t>
+  </si>
+  <si>
+    <t>2024-08-30</t>
+  </si>
+  <si>
+    <t>651</t>
+  </si>
+  <si>
+    <t>479.87</t>
+  </si>
+  <si>
+    <t>2024-09-20</t>
+  </si>
+  <si>
+    <t>671.23</t>
+  </si>
+  <si>
+    <t>487.3</t>
+  </si>
+  <si>
+    <t>2024-10-14</t>
+  </si>
+  <si>
+    <t>646.85</t>
+  </si>
+  <si>
+    <t>482.66</t>
+  </si>
+  <si>
+    <t>2024-11-05</t>
+  </si>
+  <si>
+    <t>636.34</t>
+  </si>
+  <si>
+    <t>460.46</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>622.13</t>
+  </si>
+  <si>
+    <t>459.04</t>
+  </si>
+  <si>
+    <t>2024-12-19</t>
+  </si>
+  <si>
+    <t>651.03</t>
+  </si>
+  <si>
+    <t>473.84</t>
+  </si>
+  <si>
+    <t>2025-01-10</t>
+  </si>
+  <si>
+    <t>612.73</t>
+  </si>
+  <si>
+    <t>443.74</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>582.06</t>
+  </si>
+  <si>
+    <t>428.74</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>534</t>
+  </si>
+  <si>
+    <t>404.95</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>498.92</t>
+  </si>
+  <si>
+    <t>387.07</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>496.66</t>
+  </si>
+  <si>
+    <t>395.37</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>544.78</t>
+  </si>
+  <si>
+    <t>428.42</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>586.39</t>
+  </si>
+  <si>
+    <t>452.01</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>592.9</t>
+  </si>
+  <si>
+    <t>466.91</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>598.21</t>
+  </si>
+  <si>
+    <t>475.52</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>592.94</t>
+  </si>
+  <si>
+    <t>461.74</t>
+  </si>
+  <si>
+    <t>2025-08-19</t>
+  </si>
+  <si>
+    <t>576.97</t>
+  </si>
+  <si>
+    <t>462.36</t>
+  </si>
+  <si>
+    <t>2025-09-10</t>
+  </si>
+  <si>
+    <t>583.36</t>
+  </si>
+  <si>
+    <t>463.62</t>
+  </si>
+  <si>
+    <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>576.82</t>
+  </si>
+  <si>
+    <t>457.61</t>
+  </si>
+  <si>
+    <t>2025-10-27</t>
+  </si>
+  <si>
+    <t>590.25</t>
+  </si>
+  <si>
+    <t>473.79</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>576.62</t>
+  </si>
+  <si>
+    <t>474.68</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>534.08</t>
+  </si>
+  <si>
+    <t>461.54</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>566.07</t>
+  </si>
+  <si>
+    <t>470.5</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>531.85</t>
+  </si>
+  <si>
+    <t>447.69</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>574.93</t>
+  </si>
+  <si>
+    <t>465.96</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>542.02</t>
+  </si>
+  <si>
+    <t>443.09</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D100"/>
+  <dimension ref="A1:D101"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1646,744 +1658,758 @@
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0" t="s">
         <v>144</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>83</v>
+        <v>149</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="0" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="0" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="0" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="0" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="0" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="0" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="0" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="0" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="0" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="0" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="0" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="0" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="0" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="0" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D100" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4">
+      <c r="A101" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="B101" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="D101" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>