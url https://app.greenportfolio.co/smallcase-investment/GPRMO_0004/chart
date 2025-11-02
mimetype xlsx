--- v0 (2025-10-09)
+++ v1 (2025-11-02)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="281" uniqueCount="281">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="284" uniqueCount="284">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DiviGrowth Capital Dividend Model</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2020-03-20</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2020-03-30</t>
   </si>
   <si>
     <t>94.14</t>
   </si>
   <si>
@@ -847,99 +847,108 @@
     <t>2025-08-25</t>
   </si>
   <si>
     <t>569.54</t>
   </si>
   <si>
     <t>461.01</t>
   </si>
   <si>
     <t>2025-09-16</t>
   </si>
   <si>
     <t>598.33</t>
   </si>
   <si>
     <t>470.97</t>
   </si>
   <si>
     <t>2025-10-08</t>
   </si>
   <si>
     <t>599.18</t>
   </si>
   <si>
     <t>460.47</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>601.95</t>
+  </si>
+  <si>
+    <t>473.09</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D94"/>
+  <dimension ref="A1:D95"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -2211,41 +2220,55 @@
     <row r="93" spans="1:4">
       <c r="A93" s="0" t="s">
         <v>275</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>276</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>277</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="0" t="s">
         <v>278</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>279</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>280</v>
       </c>
       <c r="D94" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4">
+      <c r="A95" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="B95" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="D95" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>