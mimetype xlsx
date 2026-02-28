--- v1 (2025-11-02)
+++ v2 (2026-02-28)
@@ -4,951 +4,999 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="284" uniqueCount="284">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="300">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DiviGrowth Capital Dividend Model</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2020-03-20</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-03-30</t>
-[...743 lines deleted...]
-    <t>2025-04-16</t>
+    <t>2020-04-09</t>
+  </si>
+  <si>
+    <t>106.91</t>
+  </si>
+  <si>
+    <t>98.38</t>
+  </si>
+  <si>
+    <t>2020-05-05</t>
+  </si>
+  <si>
+    <t>108.63</t>
+  </si>
+  <si>
+    <t>100.3</t>
+  </si>
+  <si>
+    <t>2020-05-27</t>
+  </si>
+  <si>
+    <t>108.92</t>
+  </si>
+  <si>
+    <t>100.52</t>
+  </si>
+  <si>
+    <t>2020-06-17</t>
+  </si>
+  <si>
+    <t>118.99</t>
+  </si>
+  <si>
+    <t>113.94</t>
+  </si>
+  <si>
+    <t>2020-07-08</t>
+  </si>
+  <si>
+    <t>129.74</t>
+  </si>
+  <si>
+    <t>124.26</t>
+  </si>
+  <si>
+    <t>2020-07-29</t>
+  </si>
+  <si>
+    <t>127.88</t>
+  </si>
+  <si>
+    <t>129.27</t>
+  </si>
+  <si>
+    <t>2020-08-19</t>
+  </si>
+  <si>
+    <t>144.94</t>
+  </si>
+  <si>
+    <t>143.23</t>
+  </si>
+  <si>
+    <t>2020-09-09</t>
+  </si>
+  <si>
+    <t>141.02</t>
+  </si>
+  <si>
+    <t>142.75</t>
+  </si>
+  <si>
+    <t>2020-09-30</t>
+  </si>
+  <si>
+    <t>143.01</t>
+  </si>
+  <si>
+    <t>149.87</t>
+  </si>
+  <si>
+    <t>2020-10-22</t>
+  </si>
+  <si>
+    <t>145.24</t>
+  </si>
+  <si>
+    <t>153.33</t>
+  </si>
+  <si>
+    <t>2020-11-12</t>
+  </si>
+  <si>
+    <t>143.78</t>
+  </si>
+  <si>
+    <t>154.3</t>
+  </si>
+  <si>
+    <t>2020-12-07</t>
+  </si>
+  <si>
+    <t>168.07</t>
+  </si>
+  <si>
+    <t>174.61</t>
+  </si>
+  <si>
+    <t>2020-12-29</t>
+  </si>
+  <si>
+    <t>174.89</t>
+  </si>
+  <si>
+    <t>180.61</t>
+  </si>
+  <si>
+    <t>2021-01-19</t>
+  </si>
+  <si>
+    <t>181.29</t>
+  </si>
+  <si>
+    <t>190.35</t>
+  </si>
+  <si>
+    <t>2021-02-10</t>
+  </si>
+  <si>
+    <t>187.92</t>
+  </si>
+  <si>
+    <t>200.11</t>
+  </si>
+  <si>
+    <t>2021-03-03</t>
+  </si>
+  <si>
+    <t>202.82</t>
+  </si>
+  <si>
+    <t>216.22</t>
+  </si>
+  <si>
+    <t>2021-03-25</t>
+  </si>
+  <si>
+    <t>195.17</t>
+  </si>
+  <si>
+    <t>203.11</t>
+  </si>
+  <si>
+    <t>2021-04-20</t>
+  </si>
+  <si>
+    <t>203.01</t>
+  </si>
+  <si>
+    <t>209.68</t>
+  </si>
+  <si>
+    <t>2021-05-12</t>
+  </si>
+  <si>
+    <t>222.29</t>
+  </si>
+  <si>
+    <t>228.83</t>
+  </si>
+  <si>
+    <t>2021-06-03</t>
+  </si>
+  <si>
+    <t>239.24</t>
+  </si>
+  <si>
+    <t>242.98</t>
+  </si>
+  <si>
+    <t>2021-06-24</t>
+  </si>
+  <si>
+    <t>247.23</t>
+  </si>
+  <si>
+    <t>248.1</t>
+  </si>
+  <si>
+    <t>2021-07-15</t>
+  </si>
+  <si>
+    <t>265.53</t>
+  </si>
+  <si>
+    <t>265.96</t>
+  </si>
+  <si>
+    <t>2021-08-06</t>
+  </si>
+  <si>
+    <t>264.04</t>
+  </si>
+  <si>
+    <t>268.44</t>
+  </si>
+  <si>
+    <t>2021-08-30</t>
+  </si>
+  <si>
+    <t>251.55</t>
+  </si>
+  <si>
+    <t>262.36</t>
+  </si>
+  <si>
+    <t>2021-09-21</t>
+  </si>
+  <si>
+    <t>267.68</t>
+  </si>
+  <si>
+    <t>272.51</t>
+  </si>
+  <si>
+    <t>2021-10-12</t>
+  </si>
+  <si>
+    <t>286.11</t>
+  </si>
+  <si>
+    <t>296.72</t>
+  </si>
+  <si>
+    <t>2021-11-03</t>
+  </si>
+  <si>
+    <t>272.6</t>
+  </si>
+  <si>
+    <t>280.51</t>
+  </si>
+  <si>
+    <t>2021-11-29</t>
+  </si>
+  <si>
+    <t>264.34</t>
+  </si>
+  <si>
+    <t>270</t>
+  </si>
+  <si>
+    <t>2021-12-20</t>
+  </si>
+  <si>
+    <t>258.21</t>
+  </si>
+  <si>
+    <t>267.98</t>
+  </si>
+  <si>
+    <t>2022-01-10</t>
+  </si>
+  <si>
+    <t>283.84</t>
+  </si>
+  <si>
+    <t>299.6</t>
+  </si>
+  <si>
+    <t>2022-02-01</t>
+  </si>
+  <si>
+    <t>281.64</t>
+  </si>
+  <si>
+    <t>287.74</t>
+  </si>
+  <si>
+    <t>2022-02-22</t>
+  </si>
+  <si>
+    <t>259.98</t>
+  </si>
+  <si>
+    <t>253.33</t>
+  </si>
+  <si>
+    <t>2022-03-16</t>
+  </si>
+  <si>
+    <t>271.13</t>
+  </si>
+  <si>
+    <t>261.35</t>
+  </si>
+  <si>
+    <t>2022-04-07</t>
+  </si>
+  <si>
+    <t>294.22</t>
+  </si>
+  <si>
+    <t>279.38</t>
+  </si>
+  <si>
+    <t>2022-05-02</t>
+  </si>
+  <si>
+    <t>292.53</t>
+  </si>
+  <si>
+    <t>260.46</t>
+  </si>
+  <si>
+    <t>2022-05-24</t>
+  </si>
+  <si>
+    <t>274.65</t>
+  </si>
+  <si>
+    <t>230.33</t>
+  </si>
+  <si>
+    <t>2022-06-14</t>
+  </si>
+  <si>
+    <t>269.56</t>
+  </si>
+  <si>
+    <t>220.24</t>
+  </si>
+  <si>
+    <t>2022-07-05</t>
+  </si>
+  <si>
+    <t>265.71</t>
+  </si>
+  <si>
+    <t>219.46</t>
+  </si>
+  <si>
+    <t>2022-07-26</t>
+  </si>
+  <si>
+    <t>278.65</t>
+  </si>
+  <si>
+    <t>230.13</t>
+  </si>
+  <si>
+    <t>2022-08-18</t>
+  </si>
+  <si>
+    <t>290.75</t>
+  </si>
+  <si>
+    <t>246.41</t>
+  </si>
+  <si>
+    <t>2022-09-09</t>
+  </si>
+  <si>
+    <t>299.17</t>
+  </si>
+  <si>
+    <t>255.75</t>
+  </si>
+  <si>
+    <t>2022-09-30</t>
+  </si>
+  <si>
+    <t>284.19</t>
+  </si>
+  <si>
+    <t>243.02</t>
+  </si>
+  <si>
+    <t>2022-10-25</t>
+  </si>
+  <si>
+    <t>288.74</t>
+  </si>
+  <si>
+    <t>250.44</t>
+  </si>
+  <si>
+    <t>2022-11-17</t>
+  </si>
+  <si>
+    <t>298.93</t>
+  </si>
+  <si>
+    <t>248.72</t>
+  </si>
+  <si>
+    <t>2022-12-08</t>
+  </si>
+  <si>
+    <t>318.02</t>
+  </si>
+  <si>
+    <t>259.46</t>
+  </si>
+  <si>
+    <t>2022-12-29</t>
+  </si>
+  <si>
+    <t>305.66</t>
+  </si>
+  <si>
+    <t>248.61</t>
+  </si>
+  <si>
+    <t>2023-01-19</t>
+  </si>
+  <si>
+    <t>303.43</t>
+  </si>
+  <si>
+    <t>247.7</t>
+  </si>
+  <si>
+    <t>2023-02-10</t>
+  </si>
+  <si>
+    <t>302.2</t>
+  </si>
+  <si>
+    <t>245.19</t>
+  </si>
+  <si>
+    <t>2023-03-03</t>
+  </si>
+  <si>
+    <t>298.12</t>
+  </si>
+  <si>
+    <t>240.33</t>
+  </si>
+  <si>
+    <t>2023-03-27</t>
+  </si>
+  <si>
+    <t>283</t>
+  </si>
+  <si>
+    <t>226.03</t>
+  </si>
+  <si>
+    <t>2023-04-21</t>
+  </si>
+  <si>
+    <t>298.99</t>
+  </si>
+  <si>
+    <t>241.15</t>
+  </si>
+  <si>
+    <t>2023-05-15</t>
+  </si>
+  <si>
+    <t>312.87</t>
+  </si>
+  <si>
+    <t>254.48</t>
+  </si>
+  <si>
+    <t>2023-06-05</t>
+  </si>
+  <si>
+    <t>318.45</t>
+  </si>
+  <si>
+    <t>266.63</t>
+  </si>
+  <si>
+    <t>2023-06-26</t>
+  </si>
+  <si>
+    <t>333.59</t>
+  </si>
+  <si>
+    <t>275.14</t>
+  </si>
+  <si>
+    <t>2023-07-18</t>
+  </si>
+  <si>
+    <t>353.3</t>
+  </si>
+  <si>
+    <t>291.29</t>
+  </si>
+  <si>
+    <t>2023-08-08</t>
+  </si>
+  <si>
+    <t>368.89</t>
+  </si>
+  <si>
+    <t>302.58</t>
+  </si>
+  <si>
+    <t>2023-08-30</t>
+  </si>
+  <si>
+    <t>382.91</t>
+  </si>
+  <si>
+    <t>312.6</t>
+  </si>
+  <si>
+    <t>2023-09-21</t>
+  </si>
+  <si>
+    <t>380.41</t>
+  </si>
+  <si>
+    <t>320.3</t>
+  </si>
+  <si>
+    <t>2023-10-13</t>
+  </si>
+  <si>
+    <t>390.85</t>
+  </si>
+  <si>
+    <t>331.87</t>
+  </si>
+  <si>
+    <t>2023-11-06</t>
+  </si>
+  <si>
+    <t>387.73</t>
+  </si>
+  <si>
+    <t>338.32</t>
+  </si>
+  <si>
+    <t>2023-11-29</t>
+  </si>
+  <si>
+    <t>422.42</t>
+  </si>
+  <si>
+    <t>356.96</t>
+  </si>
+  <si>
+    <t>2023-12-20</t>
+  </si>
+  <si>
+    <t>427.86</t>
+  </si>
+  <si>
+    <t>370.83</t>
+  </si>
+  <si>
+    <t>2024-01-11</t>
+  </si>
+  <si>
+    <t>471.4</t>
+  </si>
+  <si>
+    <t>398.34</t>
+  </si>
+  <si>
+    <t>2024-02-02</t>
+  </si>
+  <si>
+    <t>488.16</t>
+  </si>
+  <si>
+    <t>418.97</t>
+  </si>
+  <si>
+    <t>2024-02-23</t>
+  </si>
+  <si>
+    <t>474.75</t>
+  </si>
+  <si>
+    <t>416.32</t>
+  </si>
+  <si>
+    <t>2024-03-18</t>
+  </si>
+  <si>
+    <t>441.77</t>
+  </si>
+  <si>
+    <t>379.95</t>
+  </si>
+  <si>
+    <t>2024-04-10</t>
+  </si>
+  <si>
+    <t>482.33</t>
+  </si>
+  <si>
+    <t>426.52</t>
+  </si>
+  <si>
+    <t>2024-05-06</t>
+  </si>
+  <si>
+    <t>478.45</t>
+  </si>
+  <si>
+    <t>429.4</t>
+  </si>
+  <si>
+    <t>2024-05-28</t>
+  </si>
+  <si>
+    <t>485.46</t>
+  </si>
+  <si>
+    <t>434.35</t>
+  </si>
+  <si>
+    <t>2024-06-19</t>
+  </si>
+  <si>
+    <t>503.31</t>
+  </si>
+  <si>
+    <t>467.29</t>
+  </si>
+  <si>
+    <t>2024-07-10</t>
   </si>
   <si>
     <t>512.7</t>
   </si>
   <si>
-    <t>420.8</t>
-[...80 lines deleted...]
-    <t>473.09</t>
+    <t>483.62</t>
+  </si>
+  <si>
+    <t>2024-08-01</t>
+  </si>
+  <si>
+    <t>538.99</t>
+  </si>
+  <si>
+    <t>487.74</t>
+  </si>
+  <si>
+    <t>2024-08-23</t>
+  </si>
+  <si>
+    <t>551.08</t>
+  </si>
+  <si>
+    <t>491.07</t>
+  </si>
+  <si>
+    <t>2024-09-13</t>
+  </si>
+  <si>
+    <t>552.75</t>
+  </si>
+  <si>
+    <t>502.05</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>541.89</t>
+  </si>
+  <si>
+    <t>469.54</t>
+  </si>
+  <si>
+    <t>2024-10-28</t>
+  </si>
+  <si>
+    <t>521.58</t>
+  </si>
+  <si>
+    <t>464.89</t>
+  </si>
+  <si>
+    <t>2024-11-21</t>
+  </si>
+  <si>
+    <t>540.01</t>
+  </si>
+  <si>
+    <t>452.91</t>
+  </si>
+  <si>
+    <t>2024-12-12</t>
+  </si>
+  <si>
+    <t>590.14</t>
+  </si>
+  <si>
+    <t>501.04</t>
+  </si>
+  <si>
+    <t>2025-01-03</t>
+  </si>
+  <si>
+    <t>578.95</t>
+  </si>
+  <si>
+    <t>489.9</t>
+  </si>
+  <si>
+    <t>2025-01-24</t>
+  </si>
+  <si>
+    <t>538.04</t>
+  </si>
+  <si>
+    <t>436.42</t>
+  </si>
+  <si>
+    <t>2025-02-13</t>
+  </si>
+  <si>
+    <t>494.36</t>
+  </si>
+  <si>
+    <t>411.14</t>
+  </si>
+  <si>
+    <t>2025-03-07</t>
+  </si>
+  <si>
+    <t>493.55</t>
+  </si>
+  <si>
+    <t>399.06</t>
+  </si>
+  <si>
+    <t>2025-04-01</t>
+  </si>
+  <si>
+    <t>496.61</t>
+  </si>
+  <si>
+    <t>411.38</t>
+  </si>
+  <si>
+    <t>2025-04-25</t>
+  </si>
+  <si>
+    <t>524.42</t>
+  </si>
+  <si>
+    <t>425.9</t>
+  </si>
+  <si>
+    <t>2025-05-19</t>
+  </si>
+  <si>
+    <t>559.21</t>
+  </si>
+  <si>
+    <t>454.27</t>
+  </si>
+  <si>
+    <t>2025-06-09</t>
+  </si>
+  <si>
+    <t>572.75</t>
+  </si>
+  <si>
+    <t>485.77</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>571.69</t>
+  </si>
+  <si>
+    <t>490.96</t>
+  </si>
+  <si>
+    <t>2025-07-21</t>
+  </si>
+  <si>
+    <t>579.93</t>
+  </si>
+  <si>
+    <t>487.96</t>
+  </si>
+  <si>
+    <t>2025-08-11</t>
+  </si>
+  <si>
+    <t>546.22</t>
+  </si>
+  <si>
+    <t>450.21</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>575.07</t>
+  </si>
+  <si>
+    <t>456.82</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>594.49</t>
+  </si>
+  <si>
+    <t>465.08</t>
+  </si>
+  <si>
+    <t>2025-10-16</t>
+  </si>
+  <si>
+    <t>597.85</t>
+  </si>
+  <si>
+    <t>466.68</t>
+  </si>
+  <si>
+    <t>2025-11-11</t>
+  </si>
+  <si>
+    <t>607.84</t>
+  </si>
+  <si>
+    <t>465.9</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>601.77</t>
+  </si>
+  <si>
+    <t>457.54</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>606.13</t>
+  </si>
+  <si>
+    <t>454.51</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>591.11</t>
+  </si>
+  <si>
+    <t>448.13</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>591.2</t>
+  </si>
+  <si>
+    <t>437.14</t>
+  </si>
+  <si>
+    <t>2026-02-26</t>
+  </si>
+  <si>
+    <t>NaN</t>
+  </si>
+  <si>
+    <t>440.58</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D95"/>
+  <dimension ref="A1:D100"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1559,716 +1607,786 @@
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>136</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>137</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0" t="s">
         <v>138</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>71</v>
+        <v>140</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="0" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="0" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="0" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="0" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="0" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="0" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="0" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="0" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="0" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D95" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4">
+      <c r="A96" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="B96" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="D96" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4">
+      <c r="A97" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="B97" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="D97" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4">
+      <c r="A98" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="B98" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="D98" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4">
+      <c r="A99" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="B99" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="D99" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4">
+      <c r="A100" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="B100" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="D100" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>