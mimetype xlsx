--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -4,999 +4,1008 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="300">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="303" uniqueCount="303">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DiviGrowth Capital Dividend Model</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2020-03-20</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-04-09</t>
-[...53 lines deleted...]
-    <t>2020-08-19</t>
+    <t>2020-04-08</t>
+  </si>
+  <si>
+    <t>102.96</t>
+  </si>
+  <si>
+    <t>94.7</t>
+  </si>
+  <si>
+    <t>2020-05-04</t>
+  </si>
+  <si>
+    <t>108.89</t>
+  </si>
+  <si>
+    <t>101.57</t>
+  </si>
+  <si>
+    <t>2020-05-26</t>
+  </si>
+  <si>
+    <t>107.25</t>
+  </si>
+  <si>
+    <t>99.87</t>
+  </si>
+  <si>
+    <t>2020-06-16</t>
+  </si>
+  <si>
+    <t>119.19</t>
+  </si>
+  <si>
+    <t>113.37</t>
+  </si>
+  <si>
+    <t>2020-07-07</t>
+  </si>
+  <si>
+    <t>129.83</t>
+  </si>
+  <si>
+    <t>124.56</t>
+  </si>
+  <si>
+    <t>2020-07-28</t>
+  </si>
+  <si>
+    <t>126.27</t>
+  </si>
+  <si>
+    <t>129.39</t>
+  </si>
+  <si>
+    <t>2020-08-18</t>
+  </si>
+  <si>
+    <t>143.9</t>
+  </si>
+  <si>
+    <t>141.48</t>
+  </si>
+  <si>
+    <t>2020-09-08</t>
+  </si>
+  <si>
+    <t>142.71</t>
   </si>
   <si>
     <t>144.94</t>
   </si>
   <si>
-    <t>143.23</t>
-[...176 lines deleted...]
-    <t>272.6</t>
+    <t>2020-09-29</t>
+  </si>
+  <si>
+    <t>142.93</t>
+  </si>
+  <si>
+    <t>150.3</t>
+  </si>
+  <si>
+    <t>2020-10-21</t>
+  </si>
+  <si>
+    <t>141.82</t>
+  </si>
+  <si>
+    <t>151.8</t>
+  </si>
+  <si>
+    <t>2020-11-11</t>
+  </si>
+  <si>
+    <t>142.89</t>
+  </si>
+  <si>
+    <t>152.3</t>
+  </si>
+  <si>
+    <t>2020-12-04</t>
+  </si>
+  <si>
+    <t>165.56</t>
+  </si>
+  <si>
+    <t>172.43</t>
+  </si>
+  <si>
+    <t>2020-12-28</t>
+  </si>
+  <si>
+    <t>174.31</t>
+  </si>
+  <si>
+    <t>180.64</t>
+  </si>
+  <si>
+    <t>2021-01-18</t>
+  </si>
+  <si>
+    <t>177.36</t>
+  </si>
+  <si>
+    <t>187.13</t>
+  </si>
+  <si>
+    <t>2021-02-09</t>
+  </si>
+  <si>
+    <t>187</t>
+  </si>
+  <si>
+    <t>198.63</t>
+  </si>
+  <si>
+    <t>2021-03-02</t>
+  </si>
+  <si>
+    <t>198.36</t>
+  </si>
+  <si>
+    <t>214.1</t>
+  </si>
+  <si>
+    <t>2021-03-24</t>
+  </si>
+  <si>
+    <t>197.63</t>
+  </si>
+  <si>
+    <t>207.6</t>
+  </si>
+  <si>
+    <t>2021-04-19</t>
+  </si>
+  <si>
+    <t>203.99</t>
+  </si>
+  <si>
+    <t>207.59</t>
+  </si>
+  <si>
+    <t>2021-05-11</t>
+  </si>
+  <si>
+    <t>222.96</t>
+  </si>
+  <si>
+    <t>230.18</t>
+  </si>
+  <si>
+    <t>2021-06-02</t>
+  </si>
+  <si>
+    <t>236.21</t>
+  </si>
+  <si>
+    <t>240.08</t>
+  </si>
+  <si>
+    <t>2021-06-23</t>
+  </si>
+  <si>
+    <t>244.75</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>2021-07-14</t>
+  </si>
+  <si>
+    <t>263.94</t>
+  </si>
+  <si>
+    <t>263.45</t>
+  </si>
+  <si>
+    <t>2021-08-05</t>
+  </si>
+  <si>
+    <t>262.08</t>
+  </si>
+  <si>
+    <t>268.32</t>
+  </si>
+  <si>
+    <t>2021-08-27</t>
+  </si>
+  <si>
+    <t>249.81</t>
+  </si>
+  <si>
+    <t>258.41</t>
+  </si>
+  <si>
+    <t>2021-09-20</t>
+  </si>
+  <si>
+    <t>266.62</t>
+  </si>
+  <si>
+    <t>272.88</t>
+  </si>
+  <si>
+    <t>2021-10-11</t>
+  </si>
+  <si>
+    <t>285.4</t>
+  </si>
+  <si>
+    <t>294.36</t>
+  </si>
+  <si>
+    <t>2021-11-02</t>
+  </si>
+  <si>
+    <t>272.33</t>
+  </si>
+  <si>
+    <t>282.36</t>
+  </si>
+  <si>
+    <t>2021-11-26</t>
+  </si>
+  <si>
+    <t>269.09</t>
+  </si>
+  <si>
+    <t>277.23</t>
+  </si>
+  <si>
+    <t>2021-12-17</t>
+  </si>
+  <si>
+    <t>269.3</t>
+  </si>
+  <si>
+    <t>279.25</t>
+  </si>
+  <si>
+    <t>2022-01-07</t>
   </si>
   <si>
     <t>280.51</t>
   </si>
   <si>
-    <t>2021-11-29</t>
-[...299 lines deleted...]
-    <t>422.42</t>
+    <t>295.81</t>
+  </si>
+  <si>
+    <t>2022-01-31</t>
+  </si>
+  <si>
+    <t>278.89</t>
+  </si>
+  <si>
+    <t>286.12</t>
+  </si>
+  <si>
+    <t>2022-02-21</t>
+  </si>
+  <si>
+    <t>265.2</t>
+  </si>
+  <si>
+    <t>258.64</t>
+  </si>
+  <si>
+    <t>2022-03-15</t>
+  </si>
+  <si>
+    <t>267.28</t>
+  </si>
+  <si>
+    <t>258.33</t>
+  </si>
+  <si>
+    <t>2022-04-06</t>
+  </si>
+  <si>
+    <t>293.96</t>
+  </si>
+  <si>
+    <t>280.25</t>
+  </si>
+  <si>
+    <t>2022-04-29</t>
+  </si>
+  <si>
+    <t>295.65</t>
+  </si>
+  <si>
+    <t>264</t>
+  </si>
+  <si>
+    <t>2022-05-23</t>
+  </si>
+  <si>
+    <t>277.83</t>
+  </si>
+  <si>
+    <t>233.28</t>
+  </si>
+  <si>
+    <t>2022-06-13</t>
+  </si>
+  <si>
+    <t>271.47</t>
+  </si>
+  <si>
+    <t>221.55</t>
+  </si>
+  <si>
+    <t>2022-07-04</t>
+  </si>
+  <si>
+    <t>266.26</t>
+  </si>
+  <si>
+    <t>219.6</t>
+  </si>
+  <si>
+    <t>2022-07-25</t>
+  </si>
+  <si>
+    <t>281.96</t>
+  </si>
+  <si>
+    <t>233.6</t>
+  </si>
+  <si>
+    <t>2022-08-17</t>
+  </si>
+  <si>
+    <t>290.6</t>
+  </si>
+  <si>
+    <t>246.02</t>
+  </si>
+  <si>
+    <t>2022-09-08</t>
+  </si>
+  <si>
+    <t>299.08</t>
+  </si>
+  <si>
+    <t>255.59</t>
+  </si>
+  <si>
+    <t>2022-09-29</t>
+  </si>
+  <si>
+    <t>281.46</t>
+  </si>
+  <si>
+    <t>239.21</t>
+  </si>
+  <si>
+    <t>2022-10-21</t>
+  </si>
+  <si>
+    <t>285.91</t>
+  </si>
+  <si>
+    <t>248.47</t>
+  </si>
+  <si>
+    <t>2022-11-16</t>
+  </si>
+  <si>
+    <t>299.4</t>
+  </si>
+  <si>
+    <t>249.57</t>
+  </si>
+  <si>
+    <t>2022-12-07</t>
+  </si>
+  <si>
+    <t>318.53</t>
+  </si>
+  <si>
+    <t>258.6</t>
+  </si>
+  <si>
+    <t>2022-12-28</t>
+  </si>
+  <si>
+    <t>304.8</t>
+  </si>
+  <si>
+    <t>248.09</t>
+  </si>
+  <si>
+    <t>2023-01-18</t>
+  </si>
+  <si>
+    <t>304.09</t>
+  </si>
+  <si>
+    <t>248.91</t>
+  </si>
+  <si>
+    <t>2023-02-09</t>
+  </si>
+  <si>
+    <t>301.67</t>
+  </si>
+  <si>
+    <t>243.87</t>
+  </si>
+  <si>
+    <t>2023-03-02</t>
+  </si>
+  <si>
+    <t>297.78</t>
+  </si>
+  <si>
+    <t>238.4</t>
+  </si>
+  <si>
+    <t>2023-03-24</t>
+  </si>
+  <si>
+    <t>286.34</t>
+  </si>
+  <si>
+    <t>229.69</t>
+  </si>
+  <si>
+    <t>2023-04-20</t>
+  </si>
+  <si>
+    <t>299.82</t>
+  </si>
+  <si>
+    <t>241.96</t>
+  </si>
+  <si>
+    <t>2023-05-12</t>
+  </si>
+  <si>
+    <t>310.75</t>
+  </si>
+  <si>
+    <t>252.43</t>
+  </si>
+  <si>
+    <t>2023-06-02</t>
+  </si>
+  <si>
+    <t>318.72</t>
+  </si>
+  <si>
+    <t>265.66</t>
+  </si>
+  <si>
+    <t>2023-06-23</t>
+  </si>
+  <si>
+    <t>330.26</t>
+  </si>
+  <si>
+    <t>273.45</t>
+  </si>
+  <si>
+    <t>2023-07-17</t>
+  </si>
+  <si>
+    <t>353.87</t>
+  </si>
+  <si>
+    <t>294.04</t>
+  </si>
+  <si>
+    <t>2023-08-07</t>
+  </si>
+  <si>
+    <t>368.27</t>
+  </si>
+  <si>
+    <t>301.76</t>
+  </si>
+  <si>
+    <t>2023-08-29</t>
+  </si>
+  <si>
+    <t>377.75</t>
+  </si>
+  <si>
+    <t>309.42</t>
+  </si>
+  <si>
+    <t>2023-09-20</t>
+  </si>
+  <si>
+    <t>383.88</t>
+  </si>
+  <si>
+    <t>324.64</t>
+  </si>
+  <si>
+    <t>2023-10-12</t>
+  </si>
+  <si>
+    <t>391.81</t>
+  </si>
+  <si>
+    <t>333.34</t>
+  </si>
+  <si>
+    <t>2023-11-03</t>
+  </si>
+  <si>
+    <t>384.47</t>
+  </si>
+  <si>
+    <t>333.7</t>
+  </si>
+  <si>
+    <t>2023-11-28</t>
+  </si>
+  <si>
+    <t>416.12</t>
   </si>
   <si>
     <t>356.96</t>
   </si>
   <si>
-    <t>2023-12-20</t>
-[...329 lines deleted...]
-    <t>440.58</t>
+    <t>2023-12-19</t>
+  </si>
+  <si>
+    <t>445.32</t>
+  </si>
+  <si>
+    <t>384.82</t>
+  </si>
+  <si>
+    <t>2024-01-10</t>
+  </si>
+  <si>
+    <t>465.07</t>
+  </si>
+  <si>
+    <t>396.03</t>
+  </si>
+  <si>
+    <t>2024-02-01</t>
+  </si>
+  <si>
+    <t>488.03</t>
+  </si>
+  <si>
+    <t>415.09</t>
+  </si>
+  <si>
+    <t>2024-02-22</t>
+  </si>
+  <si>
+    <t>473.53</t>
+  </si>
+  <si>
+    <t>414.76</t>
+  </si>
+  <si>
+    <t>2024-03-15</t>
+  </si>
+  <si>
+    <t>438.96</t>
+  </si>
+  <si>
+    <t>382.13</t>
+  </si>
+  <si>
+    <t>2024-04-09</t>
+  </si>
+  <si>
+    <t>480.57</t>
+  </si>
+  <si>
+    <t>423.45</t>
+  </si>
+  <si>
+    <t>2024-05-03</t>
+  </si>
+  <si>
+    <t>485.08</t>
+  </si>
+  <si>
+    <t>435.92</t>
+  </si>
+  <si>
+    <t>2024-05-27</t>
+  </si>
+  <si>
+    <t>487.8</t>
+  </si>
+  <si>
+    <t>438.06</t>
+  </si>
+  <si>
+    <t>2024-06-18</t>
+  </si>
+  <si>
+    <t>505.23</t>
+  </si>
+  <si>
+    <t>469.43</t>
+  </si>
+  <si>
+    <t>2024-07-09</t>
+  </si>
+  <si>
+    <t>517.35</t>
+  </si>
+  <si>
+    <t>488.33</t>
+  </si>
+  <si>
+    <t>2024-07-31</t>
+  </si>
+  <si>
+    <t>539.78</t>
+  </si>
+  <si>
+    <t>492.57</t>
+  </si>
+  <si>
+    <t>2024-08-22</t>
+  </si>
+  <si>
+    <t>541.56</t>
+  </si>
+  <si>
+    <t>491.59</t>
+  </si>
+  <si>
+    <t>2024-09-12</t>
+  </si>
+  <si>
+    <t>553.08</t>
+  </si>
+  <si>
+    <t>498.16</t>
+  </si>
+  <si>
+    <t>2024-10-04</t>
+  </si>
+  <si>
+    <t>552.79</t>
+  </si>
+  <si>
+    <t>482.82</t>
+  </si>
+  <si>
+    <t>2024-10-25</t>
+  </si>
+  <si>
+    <t>517.76</t>
+  </si>
+  <si>
+    <t>459.38</t>
+  </si>
+  <si>
+    <t>2024-11-19</t>
+  </si>
+  <si>
+    <t>545.64</t>
+  </si>
+  <si>
+    <t>454.99</t>
+  </si>
+  <si>
+    <t>2024-12-11</t>
+  </si>
+  <si>
+    <t>598.01</t>
+  </si>
+  <si>
+    <t>505.95</t>
+  </si>
+  <si>
+    <t>2025-01-02</t>
+  </si>
+  <si>
+    <t>580.77</t>
+  </si>
+  <si>
+    <t>491.1</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>548.82</t>
+  </si>
+  <si>
+    <t>446.94</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>493.23</t>
+  </si>
+  <si>
+    <t>412.66</t>
+  </si>
+  <si>
+    <t>2025-03-06</t>
+  </si>
+  <si>
+    <t>486.15</t>
+  </si>
+  <si>
+    <t>396.38</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>486.84</t>
+  </si>
+  <si>
+    <t>414.28</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>533.27</t>
+  </si>
+  <si>
+    <t>436.61</t>
+  </si>
+  <si>
+    <t>2025-05-16</t>
+  </si>
+  <si>
+    <t>547.04</t>
+  </si>
+  <si>
+    <t>451.98</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>566.7</t>
+  </si>
+  <si>
+    <t>478.28</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>571.1</t>
+  </si>
+  <si>
+    <t>488.43</t>
+  </si>
+  <si>
+    <t>2025-07-18</t>
+  </si>
+  <si>
+    <t>580.29</t>
+  </si>
+  <si>
+    <t>487.99</t>
+  </si>
+  <si>
+    <t>2025-08-08</t>
+  </si>
+  <si>
+    <t>542.66</t>
+  </si>
+  <si>
+    <t>448.57</t>
+  </si>
+  <si>
+    <t>2025-09-02</t>
+  </si>
+  <si>
+    <t>567.81</t>
+  </si>
+  <si>
+    <t>452.77</t>
+  </si>
+  <si>
+    <t>2025-09-23</t>
+  </si>
+  <si>
+    <t>600.74</t>
+  </si>
+  <si>
+    <t>468.23</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>597.06</t>
+  </si>
+  <si>
+    <t>465.56</t>
+  </si>
+  <si>
+    <t>2025-11-10</t>
+  </si>
+  <si>
+    <t>607.17</t>
+  </si>
+  <si>
+    <t>466.86</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>603.9</t>
+  </si>
+  <si>
+    <t>460.07</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>604.63</t>
+  </si>
+  <si>
+    <t>452.82</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>587.49</t>
+  </si>
+  <si>
+    <t>445.17</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>597.69</t>
+  </si>
+  <si>
+    <t>442.83</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>582.35</t>
+  </si>
+  <si>
+    <t>440.61</t>
+  </si>
+  <si>
+    <t>2026-03-19</t>
+  </si>
+  <si>
+    <t>548.2</t>
+  </si>
+  <si>
+    <t>404.2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D100"/>
+  <dimension ref="A1:D101"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -2352,41 +2361,55 @@
     <row r="99" spans="1:4">
       <c r="A99" s="0" t="s">
         <v>294</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>295</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>296</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="0" t="s">
         <v>297</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>298</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>299</v>
       </c>
       <c r="D100" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4">
+      <c r="A101" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="B101" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="D101" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>