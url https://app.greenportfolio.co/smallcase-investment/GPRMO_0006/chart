--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -4,722 +4,725 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="224" uniqueCount="224">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="225">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Smallcap Compounders Fundamental</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2021-05-25</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-05-26</t>
-[...650 lines deleted...]
-    <t>195.06</t>
+    <t>2021-06-15</t>
+  </si>
+  <si>
+    <t>114.59</t>
+  </si>
+  <si>
+    <t>106.42</t>
+  </si>
+  <si>
+    <t>2021-07-06</t>
+  </si>
+  <si>
+    <t>118.73</t>
+  </si>
+  <si>
+    <t>108.1</t>
+  </si>
+  <si>
+    <t>2021-07-28</t>
+  </si>
+  <si>
+    <t>134.44</t>
+  </si>
+  <si>
+    <t>113.18</t>
+  </si>
+  <si>
+    <t>2021-08-18</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>109.78</t>
+  </si>
+  <si>
+    <t>2021-09-09</t>
+  </si>
+  <si>
+    <t>131.43</t>
+  </si>
+  <si>
+    <t>116.53</t>
+  </si>
+  <si>
+    <t>2021-10-01</t>
+  </si>
+  <si>
+    <t>135.53</t>
+  </si>
+  <si>
+    <t>118.89</t>
+  </si>
+  <si>
+    <t>2021-10-25</t>
+  </si>
+  <si>
+    <t>132.91</t>
+  </si>
+  <si>
+    <t>116.84</t>
+  </si>
+  <si>
+    <t>2021-11-17</t>
+  </si>
+  <si>
+    <t>144.67</t>
+  </si>
+  <si>
+    <t>122.32</t>
+  </si>
+  <si>
+    <t>2021-12-09</t>
+  </si>
+  <si>
+    <t>145.87</t>
+  </si>
+  <si>
+    <t>121.69</t>
+  </si>
+  <si>
+    <t>2021-12-30</t>
+  </si>
+  <si>
+    <t>145.56</t>
+  </si>
+  <si>
+    <t>121.37</t>
+  </si>
+  <si>
+    <t>2022-01-20</t>
+  </si>
+  <si>
+    <t>162.33</t>
+  </si>
+  <si>
+    <t>127.39</t>
+  </si>
+  <si>
+    <t>2022-02-11</t>
+  </si>
+  <si>
+    <t>150.56</t>
+  </si>
+  <si>
+    <t>116.59</t>
+  </si>
+  <si>
+    <t>2022-03-07</t>
+  </si>
+  <si>
+    <t>131.16</t>
+  </si>
+  <si>
+    <t>104.15</t>
+  </si>
+  <si>
+    <t>2022-03-29</t>
+  </si>
+  <si>
+    <t>141.01</t>
+  </si>
+  <si>
+    <t>111.91</t>
+  </si>
+  <si>
+    <t>2022-04-21</t>
+  </si>
+  <si>
+    <t>163.31</t>
+  </si>
+  <si>
+    <t>115.26</t>
+  </si>
+  <si>
+    <t>2022-05-13</t>
+  </si>
+  <si>
+    <t>136.69</t>
+  </si>
+  <si>
+    <t>95.91</t>
+  </si>
+  <si>
+    <t>2022-06-03</t>
+  </si>
+  <si>
+    <t>139.87</t>
+  </si>
+  <si>
+    <t>100.42</t>
+  </si>
+  <si>
+    <t>2022-06-24</t>
+  </si>
+  <si>
+    <t>136.02</t>
+  </si>
+  <si>
+    <t>91.48</t>
+  </si>
+  <si>
+    <t>2022-07-15</t>
+  </si>
+  <si>
+    <t>146.71</t>
+  </si>
+  <si>
+    <t>95.12</t>
+  </si>
+  <si>
+    <t>2022-08-05</t>
+  </si>
+  <si>
+    <t>152.68</t>
+  </si>
+  <si>
+    <t>101.59</t>
+  </si>
+  <si>
+    <t>2022-08-30</t>
+  </si>
+  <si>
+    <t>164.61</t>
+  </si>
+  <si>
+    <t>104.91</t>
+  </si>
+  <si>
+    <t>2022-09-21</t>
+  </si>
+  <si>
+    <t>167.09</t>
+  </si>
+  <si>
+    <t>106.1</t>
+  </si>
+  <si>
+    <t>2022-10-13</t>
+  </si>
+  <si>
+    <t>159.91</t>
+  </si>
+  <si>
+    <t>103.65</t>
+  </si>
+  <si>
+    <t>2022-11-07</t>
+  </si>
+  <si>
+    <t>159.01</t>
+  </si>
+  <si>
+    <t>107.24</t>
+  </si>
+  <si>
+    <t>2022-11-29</t>
+  </si>
+  <si>
+    <t>158.72</t>
+  </si>
+  <si>
+    <t>108.11</t>
+  </si>
+  <si>
+    <t>2022-12-20</t>
+  </si>
+  <si>
+    <t>162.22</t>
+  </si>
+  <si>
+    <t>109.25</t>
+  </si>
+  <si>
+    <t>2023-01-10</t>
+  </si>
+  <si>
+    <t>162.45</t>
+  </si>
+  <si>
+    <t>105.24</t>
+  </si>
+  <si>
+    <t>2023-02-01</t>
+  </si>
+  <si>
+    <t>155.14</t>
+  </si>
+  <si>
+    <t>102.41</t>
+  </si>
+  <si>
+    <t>2023-02-22</t>
+  </si>
+  <si>
+    <t>153.79</t>
+  </si>
+  <si>
+    <t>100.8</t>
+  </si>
+  <si>
+    <t>2023-03-16</t>
+  </si>
+  <si>
+    <t>148.61</t>
+  </si>
+  <si>
+    <t>98.48</t>
+  </si>
+  <si>
+    <t>2023-04-11</t>
+  </si>
+  <si>
+    <t>160.98</t>
+  </si>
+  <si>
+    <t>100.98</t>
+  </si>
+  <si>
+    <t>2023-05-04</t>
+  </si>
+  <si>
+    <t>180.5</t>
+  </si>
+  <si>
+    <t>106.96</t>
+  </si>
+  <si>
+    <t>2023-05-25</t>
+  </si>
+  <si>
+    <t>187.39</t>
+  </si>
+  <si>
+    <t>108.57</t>
+  </si>
+  <si>
+    <t>2023-06-15</t>
+  </si>
+  <si>
+    <t>202.57</t>
+  </si>
+  <si>
+    <t>115.97</t>
+  </si>
+  <si>
+    <t>2023-07-07</t>
+  </si>
+  <si>
+    <t>211.56</t>
+  </si>
+  <si>
+    <t>121.23</t>
+  </si>
+  <si>
+    <t>2023-07-28</t>
+  </si>
+  <si>
+    <t>213.21</t>
+  </si>
+  <si>
+    <t>126.48</t>
+  </si>
+  <si>
+    <t>2023-08-21</t>
+  </si>
+  <si>
+    <t>222.64</t>
+  </si>
+  <si>
+    <t>128.18</t>
+  </si>
+  <si>
+    <t>2023-09-11</t>
+  </si>
+  <si>
+    <t>240.71</t>
+  </si>
+  <si>
+    <t>141.54</t>
+  </si>
+  <si>
+    <t>2023-10-04</t>
+  </si>
+  <si>
+    <t>233.13</t>
+  </si>
+  <si>
+    <t>137.99</t>
+  </si>
+  <si>
+    <t>2023-10-26</t>
+  </si>
+  <si>
+    <t>228.44</t>
+  </si>
+  <si>
+    <t>135.09</t>
+  </si>
+  <si>
+    <t>2023-11-17</t>
+  </si>
+  <si>
+    <t>241.02</t>
+  </si>
+  <si>
+    <t>151.35</t>
+  </si>
+  <si>
+    <t>2023-12-11</t>
+  </si>
+  <si>
+    <t>256.77</t>
+  </si>
+  <si>
+    <t>158.37</t>
+  </si>
+  <si>
+    <t>2024-01-02</t>
+  </si>
+  <si>
+    <t>258.68</t>
+  </si>
+  <si>
+    <t>165.61</t>
+  </si>
+  <si>
+    <t>2024-01-23</t>
+  </si>
+  <si>
+    <t>264.23</t>
+  </si>
+  <si>
+    <t>164.34</t>
+  </si>
+  <si>
+    <t>2024-02-14</t>
+  </si>
+  <si>
+    <t>264.99</t>
+  </si>
+  <si>
+    <t>173.31</t>
+  </si>
+  <si>
+    <t>2024-03-06</t>
+  </si>
+  <si>
+    <t>259.21</t>
+  </si>
+  <si>
+    <t>169.83</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>248.28</t>
+  </si>
+  <si>
+    <t>171.92</t>
+  </si>
+  <si>
+    <t>2024-04-24</t>
+  </si>
+  <si>
+    <t>267.94</t>
+  </si>
+  <si>
+    <t>182.59</t>
+  </si>
+  <si>
+    <t>2024-05-16</t>
+  </si>
+  <si>
+    <t>279.26</t>
+  </si>
+  <si>
+    <t>180.95</t>
+  </si>
+  <si>
+    <t>2024-06-07</t>
+  </si>
+  <si>
+    <t>278.92</t>
+  </si>
+  <si>
+    <t>187.7</t>
+  </si>
+  <si>
+    <t>2024-07-01</t>
+  </si>
+  <si>
+    <t>308.08</t>
+  </si>
+  <si>
+    <t>202.73</t>
+  </si>
+  <si>
+    <t>2024-07-23</t>
+  </si>
+  <si>
+    <t>306.1</t>
+  </si>
+  <si>
+    <t>200.62</t>
+  </si>
+  <si>
+    <t>2024-08-13</t>
+  </si>
+  <si>
+    <t>317.01</t>
+  </si>
+  <si>
+    <t>198.47</t>
+  </si>
+  <si>
+    <t>2024-09-04</t>
+  </si>
+  <si>
+    <t>334.32</t>
+  </si>
+  <si>
+    <t>210.67</t>
+  </si>
+  <si>
+    <t>2024-09-25</t>
+  </si>
+  <si>
+    <t>341.59</t>
+  </si>
+  <si>
+    <t>211.06</t>
+  </si>
+  <si>
+    <t>2024-10-17</t>
+  </si>
+  <si>
+    <t>322.58</t>
+  </si>
+  <si>
+    <t>207.87</t>
+  </si>
+  <si>
+    <t>2024-11-08</t>
+  </si>
+  <si>
+    <t>311.91</t>
+  </si>
+  <si>
+    <t>201.11</t>
+  </si>
+  <si>
+    <t>2024-12-03</t>
+  </si>
+  <si>
+    <t>324.12</t>
+  </si>
+  <si>
+    <t>207.19</t>
+  </si>
+  <si>
+    <t>2024-12-24</t>
+  </si>
+  <si>
+    <t>330.66</t>
+  </si>
+  <si>
+    <t>204.24</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>304.4</t>
+  </si>
+  <si>
+    <t>189.21</t>
+  </si>
+  <si>
+    <t>2025-02-04</t>
+  </si>
+  <si>
+    <t>294.77</t>
+  </si>
+  <si>
+    <t>183.15</t>
+  </si>
+  <si>
+    <t>2025-02-25</t>
+  </si>
+  <si>
+    <t>260.54</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>264.15</t>
+  </si>
+  <si>
+    <t>172.9</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>263.11</t>
+  </si>
+  <si>
+    <t>176.4</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>251.23</t>
+  </si>
+  <si>
+    <t>176.45</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>294.71</t>
+  </si>
+  <si>
+    <t>195.05</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>288.19</t>
+  </si>
+  <si>
+    <t>196.4</t>
+  </si>
+  <si>
+    <t>2025-07-10</t>
+  </si>
+  <si>
+    <t>302.85</t>
+  </si>
+  <si>
+    <t>206.68</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>293.52</t>
+  </si>
+  <si>
+    <t>195.89</t>
+  </si>
+  <si>
+    <t>2025-08-22</t>
+  </si>
+  <si>
+    <t>287.15</t>
+  </si>
+  <si>
+    <t>195.37</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>282.75</t>
+  </si>
+  <si>
+    <t>197.64</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>276.83</t>
+  </si>
+  <si>
+    <t>196.07</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>285.74</t>
+  </si>
+  <si>
+    <t>201.37</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
@@ -1113,702 +1116,702 @@
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>79</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>80</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>14</v>
+        <v>83</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>