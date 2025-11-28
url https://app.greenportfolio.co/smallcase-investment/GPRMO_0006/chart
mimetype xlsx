--- v1 (2025-10-31)
+++ v2 (2025-11-28)
@@ -4,774 +4,792 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="225">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="231">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Smallcap Compounders Fundamental</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2021-05-25</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-06-15</t>
-[...65 lines deleted...]
-    <t>144.67</t>
+    <t>2021-05-31</t>
+  </si>
+  <si>
+    <t>98.67</t>
+  </si>
+  <si>
+    <t>101.04</t>
+  </si>
+  <si>
+    <t>2021-06-21</t>
+  </si>
+  <si>
+    <t>113.1</t>
+  </si>
+  <si>
+    <t>105.06</t>
+  </si>
+  <si>
+    <t>2021-07-12</t>
+  </si>
+  <si>
+    <t>124.24</t>
+  </si>
+  <si>
+    <t>109.97</t>
+  </si>
+  <si>
+    <t>2021-08-03</t>
+  </si>
+  <si>
+    <t>141.45</t>
+  </si>
+  <si>
+    <t>115.48</t>
+  </si>
+  <si>
+    <t>2021-08-25</t>
+  </si>
+  <si>
+    <t>124.94</t>
+  </si>
+  <si>
+    <t>108.37</t>
+  </si>
+  <si>
+    <t>2021-09-16</t>
+  </si>
+  <si>
+    <t>136.03</t>
+  </si>
+  <si>
+    <t>118.48</t>
+  </si>
+  <si>
+    <t>2021-10-07</t>
+  </si>
+  <si>
+    <t>140.62</t>
+  </si>
+  <si>
+    <t>121.76</t>
+  </si>
+  <si>
+    <t>2021-10-29</t>
+  </si>
+  <si>
+    <t>132.45</t>
+  </si>
+  <si>
+    <t>117.39</t>
+  </si>
+  <si>
+    <t>2021-11-24</t>
+  </si>
+  <si>
+    <t>143.18</t>
+  </si>
+  <si>
+    <t>120.01</t>
+  </si>
+  <si>
+    <t>2021-12-15</t>
+  </si>
+  <si>
+    <t>149.12</t>
   </si>
   <si>
     <t>122.32</t>
   </si>
   <si>
-    <t>2021-12-09</t>
-[...581 lines deleted...]
-    <t>201.37</t>
+    <t>2022-01-05</t>
+  </si>
+  <si>
+    <t>149.87</t>
+  </si>
+  <si>
+    <t>124.58</t>
+  </si>
+  <si>
+    <t>2022-01-27</t>
+  </si>
+  <si>
+    <t>152.56</t>
+  </si>
+  <si>
+    <t>118.72</t>
+  </si>
+  <si>
+    <t>2022-02-17</t>
+  </si>
+  <si>
+    <t>146.41</t>
+  </si>
+  <si>
+    <t>113.85</t>
+  </si>
+  <si>
+    <t>2022-03-11</t>
+  </si>
+  <si>
+    <t>140.8</t>
+  </si>
+  <si>
+    <t>110.76</t>
+  </si>
+  <si>
+    <t>2022-04-04</t>
+  </si>
+  <si>
+    <t>151.72</t>
+  </si>
+  <si>
+    <t>117.57</t>
+  </si>
+  <si>
+    <t>2022-04-27</t>
+  </si>
+  <si>
+    <t>158.15</t>
+  </si>
+  <si>
+    <t>112.73</t>
+  </si>
+  <si>
+    <t>2022-05-19</t>
+  </si>
+  <si>
+    <t>138.4</t>
+  </si>
+  <si>
+    <t>97.17</t>
+  </si>
+  <si>
+    <t>2022-06-09</t>
+  </si>
+  <si>
+    <t>142.96</t>
+  </si>
+  <si>
+    <t>98.72</t>
+  </si>
+  <si>
+    <t>2022-06-30</t>
+  </si>
+  <si>
+    <t>139.46</t>
+  </si>
+  <si>
+    <t>92.08</t>
+  </si>
+  <si>
+    <t>2022-07-21</t>
+  </si>
+  <si>
+    <t>154.54</t>
+  </si>
+  <si>
+    <t>99.16</t>
+  </si>
+  <si>
+    <t>2022-08-12</t>
+  </si>
+  <si>
+    <t>154.76</t>
+  </si>
+  <si>
+    <t>102.72</t>
+  </si>
+  <si>
+    <t>2022-09-06</t>
+  </si>
+  <si>
+    <t>167.07</t>
+  </si>
+  <si>
+    <t>106.41</t>
+  </si>
+  <si>
+    <t>2022-09-27</t>
+  </si>
+  <si>
+    <t>158.78</t>
+  </si>
+  <si>
+    <t>101.24</t>
+  </si>
+  <si>
+    <t>2022-10-19</t>
+  </si>
+  <si>
+    <t>159.48</t>
+  </si>
+  <si>
+    <t>105.28</t>
+  </si>
+  <si>
+    <t>2022-11-14</t>
+  </si>
+  <si>
+    <t>158.25</t>
+  </si>
+  <si>
+    <t>106.33</t>
+  </si>
+  <si>
+    <t>2022-12-05</t>
+  </si>
+  <si>
+    <t>164.68</t>
+  </si>
+  <si>
+    <t>110.37</t>
+  </si>
+  <si>
+    <t>2022-12-26</t>
+  </si>
+  <si>
+    <t>152.2</t>
+  </si>
+  <si>
+    <t>103.93</t>
+  </si>
+  <si>
+    <t>2023-01-16</t>
+  </si>
+  <si>
+    <t>163.34</t>
+  </si>
+  <si>
+    <t>105.42</t>
+  </si>
+  <si>
+    <t>2023-02-07</t>
+  </si>
+  <si>
+    <t>154.91</t>
+  </si>
+  <si>
+    <t>102.48</t>
+  </si>
+  <si>
+    <t>2023-02-28</t>
+  </si>
+  <si>
+    <t>149.79</t>
+  </si>
+  <si>
+    <t>99.82</t>
+  </si>
+  <si>
+    <t>2023-03-22</t>
+  </si>
+  <si>
+    <t>149.95</t>
+  </si>
+  <si>
+    <t>99.37</t>
+  </si>
+  <si>
+    <t>2023-04-18</t>
+  </si>
+  <si>
+    <t>168.36</t>
+  </si>
+  <si>
+    <t>102.44</t>
+  </si>
+  <si>
+    <t>2023-05-10</t>
+  </si>
+  <si>
+    <t>184.24</t>
+  </si>
+  <si>
+    <t>107.17</t>
+  </si>
+  <si>
+    <t>2023-05-31</t>
+  </si>
+  <si>
+    <t>189.94</t>
+  </si>
+  <si>
+    <t>110.84</t>
+  </si>
+  <si>
+    <t>2023-06-21</t>
+  </si>
+  <si>
+    <t>207.95</t>
+  </si>
+  <si>
+    <t>118.1</t>
+  </si>
+  <si>
+    <t>2023-07-13</t>
+  </si>
+  <si>
+    <t>209.71</t>
+  </si>
+  <si>
+    <t>121.74</t>
+  </si>
+  <si>
+    <t>2023-08-03</t>
+  </si>
+  <si>
+    <t>218.49</t>
+  </si>
+  <si>
+    <t>126.58</t>
+  </si>
+  <si>
+    <t>2023-08-25</t>
+  </si>
+  <si>
+    <t>225.93</t>
+  </si>
+  <si>
+    <t>129.41</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>234.06</t>
+  </si>
+  <si>
+    <t>139.49</t>
+  </si>
+  <si>
+    <t>2023-10-10</t>
+  </si>
+  <si>
+    <t>235.99</t>
+  </si>
+  <si>
+    <t>139.12</t>
+  </si>
+  <si>
+    <t>2023-11-01</t>
+  </si>
+  <si>
+    <t>230.13</t>
+  </si>
+  <si>
+    <t>137.82</t>
+  </si>
+  <si>
+    <t>2023-11-23</t>
+  </si>
+  <si>
+    <t>246.32</t>
+  </si>
+  <si>
+    <t>150.3</t>
+  </si>
+  <si>
+    <t>2023-12-15</t>
+  </si>
+  <si>
+    <t>257.39</t>
+  </si>
+  <si>
+    <t>162.3</t>
+  </si>
+  <si>
+    <t>2024-01-08</t>
+  </si>
+  <si>
+    <t>261.99</t>
+  </si>
+  <si>
+    <t>167.28</t>
+  </si>
+  <si>
+    <t>2024-01-30</t>
+  </si>
+  <si>
+    <t>278.13</t>
+  </si>
+  <si>
+    <t>170.89</t>
+  </si>
+  <si>
+    <t>2024-02-20</t>
+  </si>
+  <si>
+    <t>275.91</t>
+  </si>
+  <si>
+    <t>176.33</t>
+  </si>
+  <si>
+    <t>2024-03-13</t>
+  </si>
+  <si>
+    <t>228.21</t>
+  </si>
+  <si>
+    <t>155.86</t>
+  </si>
+  <si>
+    <t>2024-04-05</t>
+  </si>
+  <si>
+    <t>263.75</t>
+  </si>
+  <si>
+    <t>178.32</t>
+  </si>
+  <si>
+    <t>2024-04-30</t>
+  </si>
+  <si>
+    <t>271.56</t>
+  </si>
+  <si>
+    <t>185.48</t>
+  </si>
+  <si>
+    <t>2024-05-23</t>
+  </si>
+  <si>
+    <t>282.7</t>
+  </si>
+  <si>
+    <t>184.39</t>
+  </si>
+  <si>
+    <t>2024-06-13</t>
+  </si>
+  <si>
+    <t>293.03</t>
+  </si>
+  <si>
+    <t>195.25</t>
+  </si>
+  <si>
+    <t>2024-07-05</t>
+  </si>
+  <si>
+    <t>317.54</t>
+  </si>
+  <si>
+    <t>206.5</t>
+  </si>
+  <si>
+    <t>2024-07-29</t>
+  </si>
+  <si>
+    <t>315.86</t>
+  </si>
+  <si>
+    <t>207.63</t>
+  </si>
+  <si>
+    <t>2024-08-20</t>
+  </si>
+  <si>
+    <t>322.11</t>
+  </si>
+  <si>
+    <t>205.41</t>
+  </si>
+  <si>
+    <t>2024-09-10</t>
+  </si>
+  <si>
+    <t>337.32</t>
+  </si>
+  <si>
+    <t>210.62</t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>335.45</t>
+  </si>
+  <si>
+    <t>210.77</t>
+  </si>
+  <si>
+    <t>2024-10-23</t>
+  </si>
+  <si>
+    <t>304.42</t>
+  </si>
+  <si>
+    <t>199.37</t>
+  </si>
+  <si>
+    <t>2024-11-14</t>
+  </si>
+  <si>
+    <t>294.79</t>
+  </si>
+  <si>
+    <t>191.9</t>
+  </si>
+  <si>
+    <t>2024-12-09</t>
+  </si>
+  <si>
+    <t>335.99</t>
+  </si>
+  <si>
+    <t>212.92</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>328.23</t>
+  </si>
+  <si>
+    <t>204.64</t>
+  </si>
+  <si>
+    <t>2025-01-21</t>
+  </si>
+  <si>
+    <t>308.77</t>
+  </si>
+  <si>
+    <t>190.33</t>
+  </si>
+  <si>
+    <t>2025-02-10</t>
+  </si>
+  <si>
+    <t>290</t>
+  </si>
+  <si>
+    <t>181.52</t>
+  </si>
+  <si>
+    <t>2025-03-04</t>
+  </si>
+  <si>
+    <t>246.11</t>
+  </si>
+  <si>
+    <t>160.96</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>260.31</t>
+  </si>
+  <si>
+    <t>173.76</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>270.97</t>
+  </si>
+  <si>
+    <t>184.22</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>277.38</t>
+  </si>
+  <si>
+    <t>186.96</t>
+  </si>
+  <si>
+    <t>2025-06-04</t>
+  </si>
+  <si>
+    <t>289.99</t>
+  </si>
+  <si>
+    <t>199.06</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>298.71</t>
+  </si>
+  <si>
+    <t>204.19</t>
+  </si>
+  <si>
+    <t>2025-07-16</t>
+  </si>
+  <si>
+    <t>308.13</t>
+  </si>
+  <si>
+    <t>208.68</t>
+  </si>
+  <si>
+    <t>2025-08-06</t>
+  </si>
+  <si>
+    <t>286.39</t>
+  </si>
+  <si>
+    <t>192.57</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>275.99</t>
+  </si>
+  <si>
+    <t>187.82</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>291.79</t>
+  </si>
+  <si>
+    <t>201.75</t>
+  </si>
+  <si>
+    <t>2025-10-13</t>
+  </si>
+  <si>
+    <t>278.36</t>
+  </si>
+  <si>
+    <t>197.36</t>
+  </si>
+  <si>
+    <t>2025-11-06</t>
+  </si>
+  <si>
+    <t>276.59</t>
+  </si>
+  <si>
+    <t>197.4</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>277.73</t>
+  </si>
+  <si>
+    <t>194.91</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D75"/>
+  <dimension ref="A1:D77"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1777,41 +1795,69 @@
     <row r="74" spans="1:4">
       <c r="A74" s="0" t="s">
         <v>219</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>220</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0" t="s">
         <v>222</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>223</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D75" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4">
+      <c r="A76" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="B76" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="D76" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4">
+      <c r="A77" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="B77" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="D77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>