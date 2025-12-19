--- v2 (2025-11-28)
+++ v3 (2025-12-19)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="231">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="234">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Smallcap Compounders Fundamental</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2021-05-25</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2021-05-31</t>
   </si>
   <si>
     <t>98.67</t>
   </si>
   <si>
@@ -697,99 +697,108 @@
     <t>2025-10-13</t>
   </si>
   <si>
     <t>278.36</t>
   </si>
   <si>
     <t>197.36</t>
   </si>
   <si>
     <t>2025-11-06</t>
   </si>
   <si>
     <t>276.59</t>
   </si>
   <si>
     <t>197.4</t>
   </si>
   <si>
     <t>2025-11-27</t>
   </si>
   <si>
     <t>277.73</t>
   </si>
   <si>
     <t>194.91</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>258.79</t>
+  </si>
+  <si>
+    <t>187.1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D77"/>
+  <dimension ref="A1:D78"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1823,41 +1832,55 @@
     <row r="76" spans="1:4">
       <c r="A76" s="0" t="s">
         <v>225</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0" t="s">
         <v>228</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D77" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4">
+      <c r="A78" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="B78" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="D78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>