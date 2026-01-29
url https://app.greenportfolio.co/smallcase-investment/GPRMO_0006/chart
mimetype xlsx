--- v3 (2025-12-19)
+++ v4 (2026-01-29)
@@ -4,801 +4,810 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="234">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="237" uniqueCount="237">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Smallcap Compounders Fundamental</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2021-05-25</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-05-31</t>
-[...83 lines deleted...]
-    <t>149.12</t>
+    <t>2021-06-15</t>
+  </si>
+  <si>
+    <t>114.59</t>
+  </si>
+  <si>
+    <t>106.42</t>
+  </si>
+  <si>
+    <t>2021-07-06</t>
+  </si>
+  <si>
+    <t>118.73</t>
+  </si>
+  <si>
+    <t>108.1</t>
+  </si>
+  <si>
+    <t>2021-07-28</t>
+  </si>
+  <si>
+    <t>134.44</t>
+  </si>
+  <si>
+    <t>113.18</t>
+  </si>
+  <si>
+    <t>2021-08-18</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>109.78</t>
+  </si>
+  <si>
+    <t>2021-09-09</t>
+  </si>
+  <si>
+    <t>131.43</t>
+  </si>
+  <si>
+    <t>116.53</t>
+  </si>
+  <si>
+    <t>2021-10-01</t>
+  </si>
+  <si>
+    <t>135.53</t>
+  </si>
+  <si>
+    <t>118.89</t>
+  </si>
+  <si>
+    <t>2021-10-25</t>
+  </si>
+  <si>
+    <t>132.91</t>
+  </si>
+  <si>
+    <t>116.84</t>
+  </si>
+  <si>
+    <t>2021-11-17</t>
+  </si>
+  <si>
+    <t>144.67</t>
   </si>
   <si>
     <t>122.32</t>
   </si>
   <si>
-    <t>2022-01-05</t>
-[...590 lines deleted...]
-    <t>187.1</t>
+    <t>2021-12-09</t>
+  </si>
+  <si>
+    <t>145.87</t>
+  </si>
+  <si>
+    <t>121.69</t>
+  </si>
+  <si>
+    <t>2021-12-30</t>
+  </si>
+  <si>
+    <t>145.56</t>
+  </si>
+  <si>
+    <t>121.37</t>
+  </si>
+  <si>
+    <t>2022-01-20</t>
+  </si>
+  <si>
+    <t>162.33</t>
+  </si>
+  <si>
+    <t>127.39</t>
+  </si>
+  <si>
+    <t>2022-02-11</t>
+  </si>
+  <si>
+    <t>150.56</t>
+  </si>
+  <si>
+    <t>116.59</t>
+  </si>
+  <si>
+    <t>2022-03-07</t>
+  </si>
+  <si>
+    <t>131.16</t>
+  </si>
+  <si>
+    <t>104.15</t>
+  </si>
+  <si>
+    <t>2022-03-29</t>
+  </si>
+  <si>
+    <t>141.01</t>
+  </si>
+  <si>
+    <t>111.91</t>
+  </si>
+  <si>
+    <t>2022-04-21</t>
+  </si>
+  <si>
+    <t>163.31</t>
+  </si>
+  <si>
+    <t>115.26</t>
+  </si>
+  <si>
+    <t>2022-05-13</t>
+  </si>
+  <si>
+    <t>136.69</t>
+  </si>
+  <si>
+    <t>95.91</t>
+  </si>
+  <si>
+    <t>2022-06-03</t>
+  </si>
+  <si>
+    <t>139.87</t>
+  </si>
+  <si>
+    <t>100.42</t>
+  </si>
+  <si>
+    <t>2022-06-24</t>
+  </si>
+  <si>
+    <t>136.02</t>
+  </si>
+  <si>
+    <t>91.48</t>
+  </si>
+  <si>
+    <t>2022-07-15</t>
+  </si>
+  <si>
+    <t>146.71</t>
+  </si>
+  <si>
+    <t>95.12</t>
+  </si>
+  <si>
+    <t>2022-08-05</t>
+  </si>
+  <si>
+    <t>152.68</t>
+  </si>
+  <si>
+    <t>101.59</t>
+  </si>
+  <si>
+    <t>2022-08-30</t>
+  </si>
+  <si>
+    <t>164.61</t>
+  </si>
+  <si>
+    <t>104.91</t>
+  </si>
+  <si>
+    <t>2022-09-21</t>
+  </si>
+  <si>
+    <t>167.09</t>
+  </si>
+  <si>
+    <t>106.1</t>
+  </si>
+  <si>
+    <t>2022-10-13</t>
+  </si>
+  <si>
+    <t>159.91</t>
+  </si>
+  <si>
+    <t>103.65</t>
+  </si>
+  <si>
+    <t>2022-11-07</t>
+  </si>
+  <si>
+    <t>159.01</t>
+  </si>
+  <si>
+    <t>107.24</t>
+  </si>
+  <si>
+    <t>2022-11-29</t>
+  </si>
+  <si>
+    <t>158.72</t>
+  </si>
+  <si>
+    <t>108.11</t>
+  </si>
+  <si>
+    <t>2022-12-20</t>
+  </si>
+  <si>
+    <t>162.22</t>
+  </si>
+  <si>
+    <t>109.25</t>
+  </si>
+  <si>
+    <t>2023-01-10</t>
+  </si>
+  <si>
+    <t>162.45</t>
+  </si>
+  <si>
+    <t>105.24</t>
+  </si>
+  <si>
+    <t>2023-02-01</t>
+  </si>
+  <si>
+    <t>155.14</t>
+  </si>
+  <si>
+    <t>102.41</t>
+  </si>
+  <si>
+    <t>2023-02-22</t>
+  </si>
+  <si>
+    <t>153.79</t>
+  </si>
+  <si>
+    <t>100.8</t>
+  </si>
+  <si>
+    <t>2023-03-16</t>
+  </si>
+  <si>
+    <t>148.61</t>
+  </si>
+  <si>
+    <t>98.48</t>
+  </si>
+  <si>
+    <t>2023-04-11</t>
+  </si>
+  <si>
+    <t>160.98</t>
+  </si>
+  <si>
+    <t>100.98</t>
+  </si>
+  <si>
+    <t>2023-05-04</t>
+  </si>
+  <si>
+    <t>180.5</t>
+  </si>
+  <si>
+    <t>106.96</t>
+  </si>
+  <si>
+    <t>2023-05-25</t>
+  </si>
+  <si>
+    <t>187.39</t>
+  </si>
+  <si>
+    <t>108.57</t>
+  </si>
+  <si>
+    <t>2023-06-15</t>
+  </si>
+  <si>
+    <t>202.57</t>
+  </si>
+  <si>
+    <t>115.97</t>
+  </si>
+  <si>
+    <t>2023-07-07</t>
+  </si>
+  <si>
+    <t>211.56</t>
+  </si>
+  <si>
+    <t>121.23</t>
+  </si>
+  <si>
+    <t>2023-07-28</t>
+  </si>
+  <si>
+    <t>213.21</t>
+  </si>
+  <si>
+    <t>126.48</t>
+  </si>
+  <si>
+    <t>2023-08-21</t>
+  </si>
+  <si>
+    <t>222.64</t>
+  </si>
+  <si>
+    <t>128.18</t>
+  </si>
+  <si>
+    <t>2023-09-11</t>
+  </si>
+  <si>
+    <t>240.71</t>
+  </si>
+  <si>
+    <t>141.54</t>
+  </si>
+  <si>
+    <t>2023-10-04</t>
+  </si>
+  <si>
+    <t>233.13</t>
+  </si>
+  <si>
+    <t>137.99</t>
+  </si>
+  <si>
+    <t>2023-10-26</t>
+  </si>
+  <si>
+    <t>228.44</t>
+  </si>
+  <si>
+    <t>135.09</t>
+  </si>
+  <si>
+    <t>2023-11-17</t>
+  </si>
+  <si>
+    <t>241.02</t>
+  </si>
+  <si>
+    <t>151.35</t>
+  </si>
+  <si>
+    <t>2023-12-11</t>
+  </si>
+  <si>
+    <t>256.77</t>
+  </si>
+  <si>
+    <t>158.37</t>
+  </si>
+  <si>
+    <t>2024-01-02</t>
+  </si>
+  <si>
+    <t>258.68</t>
+  </si>
+  <si>
+    <t>165.61</t>
+  </si>
+  <si>
+    <t>2024-01-23</t>
+  </si>
+  <si>
+    <t>264.23</t>
+  </si>
+  <si>
+    <t>164.34</t>
+  </si>
+  <si>
+    <t>2024-02-14</t>
+  </si>
+  <si>
+    <t>264.99</t>
+  </si>
+  <si>
+    <t>173.31</t>
+  </si>
+  <si>
+    <t>2024-03-06</t>
+  </si>
+  <si>
+    <t>259.21</t>
+  </si>
+  <si>
+    <t>169.83</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>248.28</t>
+  </si>
+  <si>
+    <t>171.92</t>
+  </si>
+  <si>
+    <t>2024-04-24</t>
+  </si>
+  <si>
+    <t>267.94</t>
+  </si>
+  <si>
+    <t>182.59</t>
+  </si>
+  <si>
+    <t>2024-05-16</t>
+  </si>
+  <si>
+    <t>279.26</t>
+  </si>
+  <si>
+    <t>180.95</t>
+  </si>
+  <si>
+    <t>2024-06-07</t>
+  </si>
+  <si>
+    <t>278.92</t>
+  </si>
+  <si>
+    <t>187.7</t>
+  </si>
+  <si>
+    <t>2024-07-01</t>
+  </si>
+  <si>
+    <t>308.08</t>
+  </si>
+  <si>
+    <t>202.73</t>
+  </si>
+  <si>
+    <t>2024-07-23</t>
+  </si>
+  <si>
+    <t>306.1</t>
+  </si>
+  <si>
+    <t>200.62</t>
+  </si>
+  <si>
+    <t>2024-08-13</t>
+  </si>
+  <si>
+    <t>317.01</t>
+  </si>
+  <si>
+    <t>198.47</t>
+  </si>
+  <si>
+    <t>2024-09-04</t>
+  </si>
+  <si>
+    <t>334.32</t>
+  </si>
+  <si>
+    <t>210.67</t>
+  </si>
+  <si>
+    <t>2024-09-25</t>
+  </si>
+  <si>
+    <t>341.59</t>
+  </si>
+  <si>
+    <t>211.06</t>
+  </si>
+  <si>
+    <t>2024-10-17</t>
+  </si>
+  <si>
+    <t>322.58</t>
+  </si>
+  <si>
+    <t>207.87</t>
+  </si>
+  <si>
+    <t>2024-11-08</t>
+  </si>
+  <si>
+    <t>311.91</t>
+  </si>
+  <si>
+    <t>201.11</t>
+  </si>
+  <si>
+    <t>2024-12-03</t>
+  </si>
+  <si>
+    <t>324.12</t>
+  </si>
+  <si>
+    <t>207.19</t>
+  </si>
+  <si>
+    <t>2024-12-24</t>
+  </si>
+  <si>
+    <t>330.66</t>
+  </si>
+  <si>
+    <t>204.24</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>304.4</t>
+  </si>
+  <si>
+    <t>189.21</t>
+  </si>
+  <si>
+    <t>2025-02-04</t>
+  </si>
+  <si>
+    <t>294.77</t>
+  </si>
+  <si>
+    <t>183.15</t>
+  </si>
+  <si>
+    <t>2025-02-25</t>
+  </si>
+  <si>
+    <t>260.54</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>264.15</t>
+  </si>
+  <si>
+    <t>172.9</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>263.11</t>
+  </si>
+  <si>
+    <t>176.4</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>251.23</t>
+  </si>
+  <si>
+    <t>176.45</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>294.71</t>
+  </si>
+  <si>
+    <t>195.05</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>288.19</t>
+  </si>
+  <si>
+    <t>196.4</t>
+  </si>
+  <si>
+    <t>2025-07-10</t>
+  </si>
+  <si>
+    <t>302.85</t>
+  </si>
+  <si>
+    <t>206.68</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>293.52</t>
+  </si>
+  <si>
+    <t>195.89</t>
+  </si>
+  <si>
+    <t>2025-08-22</t>
+  </si>
+  <si>
+    <t>287.15</t>
+  </si>
+  <si>
+    <t>195.37</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>282.75</t>
+  </si>
+  <si>
+    <t>197.64</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>276.83</t>
+  </si>
+  <si>
+    <t>196.07</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>285.74</t>
+  </si>
+  <si>
+    <t>201.37</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>274.69</t>
+  </si>
+  <si>
+    <t>194.59</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>264.1</t>
+  </si>
+  <si>
+    <t>189.6</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>267.51</t>
+  </si>
+  <si>
+    <t>195.45</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>249.98</t>
+  </si>
+  <si>
+    <t>183.07</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D78"/>
+  <dimension ref="A1:D79"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1846,41 +1855,55 @@
     <row r="77" spans="1:4">
       <c r="A77" s="0" t="s">
         <v>228</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="0" t="s">
         <v>231</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>232</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>233</v>
       </c>
       <c r="D78" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4">
+      <c r="A79" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="D79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>