--- v4 (2026-01-29)
+++ v5 (2026-02-19)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="237" uniqueCount="237">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="240">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Smallcap Compounders Fundamental</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2021-05-25</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2021-06-15</t>
   </si>
   <si>
     <t>114.59</t>
   </si>
   <si>
@@ -715,99 +715,108 @@
     <t>2025-12-12</t>
   </si>
   <si>
     <t>264.1</t>
   </si>
   <si>
     <t>189.6</t>
   </si>
   <si>
     <t>2026-01-05</t>
   </si>
   <si>
     <t>267.51</t>
   </si>
   <si>
     <t>195.45</t>
   </si>
   <si>
     <t>2026-01-28</t>
   </si>
   <si>
     <t>249.98</t>
   </si>
   <si>
     <t>183.07</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>284</t>
+  </si>
+  <si>
+    <t>186.95</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D79"/>
+  <dimension ref="A1:D80"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1869,41 +1878,55 @@
     <row r="78" spans="1:4">
       <c r="A78" s="0" t="s">
         <v>231</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>232</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>233</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="0" t="s">
         <v>234</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D79" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="B80" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="D80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>