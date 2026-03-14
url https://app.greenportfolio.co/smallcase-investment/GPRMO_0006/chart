--- v5 (2026-02-19)
+++ v6 (2026-03-14)
@@ -4,819 +4,828 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="240">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="243" uniqueCount="243">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Smallcap Compounders Fundamental</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2021-05-25</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-06-15</t>
-[...698 lines deleted...]
-    <t>186.95</t>
+    <t>2021-06-10</t>
+  </si>
+  <si>
+    <t>110.02</t>
+  </si>
+  <si>
+    <t>105.74</t>
+  </si>
+  <si>
+    <t>2021-07-01</t>
+  </si>
+  <si>
+    <t>116.04</t>
+  </si>
+  <si>
+    <t>106.83</t>
+  </si>
+  <si>
+    <t>2021-07-23</t>
+  </si>
+  <si>
+    <t>135.95</t>
+  </si>
+  <si>
+    <t>113.47</t>
+  </si>
+  <si>
+    <t>2021-08-13</t>
+  </si>
+  <si>
+    <t>134.23</t>
+  </si>
+  <si>
+    <t>111.21</t>
+  </si>
+  <si>
+    <t>2021-09-06</t>
+  </si>
+  <si>
+    <t>131.62</t>
+  </si>
+  <si>
+    <t>115.14</t>
+  </si>
+  <si>
+    <t>2021-09-28</t>
+  </si>
+  <si>
+    <t>132.83</t>
+  </si>
+  <si>
+    <t>117.37</t>
+  </si>
+  <si>
+    <t>2021-10-20</t>
+  </si>
+  <si>
+    <t>135.86</t>
+  </si>
+  <si>
+    <t>122.14</t>
+  </si>
+  <si>
+    <t>2021-11-12</t>
+  </si>
+  <si>
+    <t>141.15</t>
+  </si>
+  <si>
+    <t>121.87</t>
+  </si>
+  <si>
+    <t>2021-12-06</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>116.76</t>
+  </si>
+  <si>
+    <t>2021-12-27</t>
+  </si>
+  <si>
+    <t>143.17</t>
+  </si>
+  <si>
+    <t>118.53</t>
+  </si>
+  <si>
+    <t>2022-01-17</t>
+  </si>
+  <si>
+    <t>164.74</t>
+  </si>
+  <si>
+    <t>130.63</t>
+  </si>
+  <si>
+    <t>2022-02-08</t>
+  </si>
+  <si>
+    <t>154.85</t>
+  </si>
+  <si>
+    <t>118.38</t>
+  </si>
+  <si>
+    <t>2022-03-02</t>
+  </si>
+  <si>
+    <t>136.1</t>
+  </si>
+  <si>
+    <t>107.87</t>
+  </si>
+  <si>
+    <t>2022-03-24</t>
+  </si>
+  <si>
+    <t>145.01</t>
+  </si>
+  <si>
+    <t>112.91</t>
+  </si>
+  <si>
+    <t>2022-04-18</t>
+  </si>
+  <si>
+    <t>159.39</t>
+  </si>
+  <si>
+    <t>115.61</t>
+  </si>
+  <si>
+    <t>2022-05-10</t>
+  </si>
+  <si>
+    <t>142.03</t>
+  </si>
+  <si>
+    <t>99.73</t>
+  </si>
+  <si>
+    <t>2022-05-31</t>
+  </si>
+  <si>
+    <t>138.56</t>
+  </si>
+  <si>
+    <t>100.4</t>
+  </si>
+  <si>
+    <t>2022-06-21</t>
+  </si>
+  <si>
+    <t>132.52</t>
+  </si>
+  <si>
+    <t>90.01</t>
+  </si>
+  <si>
+    <t>2022-07-12</t>
+  </si>
+  <si>
+    <t>146.38</t>
+  </si>
+  <si>
+    <t>95.68</t>
+  </si>
+  <si>
+    <t>2022-08-02</t>
+  </si>
+  <si>
+    <t>154.17</t>
+  </si>
+  <si>
+    <t>102.52</t>
+  </si>
+  <si>
+    <t>2022-08-25</t>
+  </si>
+  <si>
+    <t>161.53</t>
+  </si>
+  <si>
+    <t>103.9</t>
+  </si>
+  <si>
+    <t>2022-09-16</t>
+  </si>
+  <si>
+    <t>168.38</t>
+  </si>
+  <si>
+    <t>107.03</t>
+  </si>
+  <si>
+    <t>2022-10-10</t>
+  </si>
+  <si>
+    <t>164.08</t>
+  </si>
+  <si>
+    <t>105.12</t>
+  </si>
+  <si>
+    <t>2022-11-02</t>
+  </si>
+  <si>
+    <t>157.74</t>
+  </si>
+  <si>
+    <t>105.72</t>
+  </si>
+  <si>
+    <t>2022-11-24</t>
+  </si>
+  <si>
+    <t>156.37</t>
+  </si>
+  <si>
+    <t>106.2</t>
+  </si>
+  <si>
+    <t>2022-12-15</t>
+  </si>
+  <si>
+    <t>162.02</t>
+  </si>
+  <si>
+    <t>109.91</t>
+  </si>
+  <si>
+    <t>2023-01-05</t>
+  </si>
+  <si>
+    <t>164.6</t>
+  </si>
+  <si>
+    <t>106.14</t>
+  </si>
+  <si>
+    <t>2023-01-27</t>
+  </si>
+  <si>
+    <t>154.61</t>
+  </si>
+  <si>
+    <t>100.77</t>
+  </si>
+  <si>
+    <t>2023-02-17</t>
+  </si>
+  <si>
+    <t>156.14</t>
+  </si>
+  <si>
+    <t>102.68</t>
+  </si>
+  <si>
+    <t>2023-03-13</t>
+  </si>
+  <si>
+    <t>151.38</t>
+  </si>
+  <si>
+    <t>99.42</t>
+  </si>
+  <si>
+    <t>2023-04-05</t>
+  </si>
+  <si>
+    <t>158.97</t>
+  </si>
+  <si>
+    <t>99.51</t>
+  </si>
+  <si>
+    <t>2023-04-28</t>
+  </si>
+  <si>
+    <t>176.57</t>
+  </si>
+  <si>
+    <t>105.46</t>
+  </si>
+  <si>
+    <t>2023-05-22</t>
+  </si>
+  <si>
+    <t>185.5</t>
+  </si>
+  <si>
+    <t>108.44</t>
+  </si>
+  <si>
+    <t>2023-06-12</t>
+  </si>
+  <si>
+    <t>203.56</t>
+  </si>
+  <si>
+    <t>114.85</t>
+  </si>
+  <si>
+    <t>2023-07-04</t>
+  </si>
+  <si>
+    <t>210.75</t>
+  </si>
+  <si>
+    <t>119.9</t>
+  </si>
+  <si>
+    <t>2023-07-25</t>
+  </si>
+  <si>
+    <t>211.77</t>
+  </si>
+  <si>
+    <t>126.03</t>
+  </si>
+  <si>
+    <t>2023-08-16</t>
+  </si>
+  <si>
+    <t>215.46</t>
+  </si>
+  <si>
+    <t>127.87</t>
+  </si>
+  <si>
+    <t>2023-09-06</t>
+  </si>
+  <si>
+    <t>240.51</t>
+  </si>
+  <si>
+    <t>138.19</t>
+  </si>
+  <si>
+    <t>2023-09-28</t>
+  </si>
+  <si>
+    <t>232.21</t>
+  </si>
+  <si>
+    <t>137.64</t>
+  </si>
+  <si>
+    <t>2023-10-20</t>
+  </si>
+  <si>
+    <t>243.86</t>
+  </si>
+  <si>
+    <t>140.95</t>
+  </si>
+  <si>
+    <t>2023-11-13</t>
+  </si>
+  <si>
+    <t>242.21</t>
+  </si>
+  <si>
+    <t>148.39</t>
+  </si>
+  <si>
+    <t>2023-12-06</t>
+  </si>
+  <si>
+    <t>254.32</t>
+  </si>
+  <si>
+    <t>158.18</t>
+  </si>
+  <si>
+    <t>2023-12-28</t>
+  </si>
+  <si>
+    <t>254.95</t>
+  </si>
+  <si>
+    <t>164.1</t>
+  </si>
+  <si>
+    <t>2024-01-18</t>
+  </si>
+  <si>
+    <t>267.08</t>
+  </si>
+  <si>
+    <t>167.04</t>
+  </si>
+  <si>
+    <t>2024-02-09</t>
+  </si>
+  <si>
+    <t>271.95</t>
+  </si>
+  <si>
+    <t>177.38</t>
+  </si>
+  <si>
+    <t>2024-03-01</t>
+  </si>
+  <si>
+    <t>269.52</t>
+  </si>
+  <si>
+    <t>175.09</t>
+  </si>
+  <si>
+    <t>2024-03-26</t>
+  </si>
+  <si>
+    <t>240.5</t>
+  </si>
+  <si>
+    <t>164.83</t>
+  </si>
+  <si>
+    <t>2024-04-19</t>
+  </si>
+  <si>
+    <t>261.11</t>
+  </si>
+  <si>
+    <t>177.39</t>
+  </si>
+  <si>
+    <t>2024-05-13</t>
+  </si>
+  <si>
+    <t>269.66</t>
+  </si>
+  <si>
+    <t>174.86</t>
+  </si>
+  <si>
+    <t>2024-06-04</t>
+  </si>
+  <si>
+    <t>255.43</t>
+  </si>
+  <si>
+    <t>171.09</t>
+  </si>
+  <si>
+    <t>2024-06-26</t>
+  </si>
+  <si>
+    <t>305.71</t>
+  </si>
+  <si>
+    <t>199.39</t>
+  </si>
+  <si>
+    <t>2024-07-18</t>
+  </si>
+  <si>
+    <t>309.58</t>
+  </si>
+  <si>
+    <t>205.29</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>314.98</t>
+  </si>
+  <si>
+    <t>199.6</t>
+  </si>
+  <si>
+    <t>2024-08-30</t>
+  </si>
+  <si>
+    <t>331.34</t>
+  </si>
+  <si>
+    <t>210.5</t>
+  </si>
+  <si>
+    <t>2024-09-20</t>
+  </si>
+  <si>
+    <t>338.98</t>
+  </si>
+  <si>
+    <t>210.78</t>
+  </si>
+  <si>
+    <t>2024-10-14</t>
+  </si>
+  <si>
+    <t>324</t>
+  </si>
+  <si>
+    <t>208.14</t>
+  </si>
+  <si>
+    <t>2024-11-05</t>
+  </si>
+  <si>
+    <t>310.74</t>
+  </si>
+  <si>
+    <t>201.74</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>312.74</t>
+  </si>
+  <si>
+    <t>201.83</t>
+  </si>
+  <si>
+    <t>2024-12-19</t>
+  </si>
+  <si>
+    <t>344.61</t>
+  </si>
+  <si>
+    <t>208.61</t>
+  </si>
+  <si>
+    <t>2025-01-10</t>
+  </si>
+  <si>
+    <t>312.1</t>
+  </si>
+  <si>
+    <t>192.39</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>300.31</t>
+  </si>
+  <si>
+    <t>184.37</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>265.92</t>
+  </si>
+  <si>
+    <t>171.7</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>247.48</t>
+  </si>
+  <si>
+    <t>163.2</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>251.06</t>
+  </si>
+  <si>
+    <t>167.79</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>258.64</t>
+  </si>
+  <si>
+    <t>181.1</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>284.74</t>
+  </si>
+  <si>
+    <t>193.07</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>296.48</t>
+  </si>
+  <si>
+    <t>202.24</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>304</t>
+  </si>
+  <si>
+    <t>206.61</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>293.55</t>
+  </si>
+  <si>
+    <t>196.96</t>
+  </si>
+  <si>
+    <t>2025-08-19</t>
+  </si>
+  <si>
+    <t>287.12</t>
+  </si>
+  <si>
+    <t>195.32</t>
+  </si>
+  <si>
+    <t>2025-09-10</t>
+  </si>
+  <si>
+    <t>281.86</t>
+  </si>
+  <si>
+    <t>194.89</t>
+  </si>
+  <si>
+    <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>278.32</t>
+  </si>
+  <si>
+    <t>193.59</t>
+  </si>
+  <si>
+    <t>2025-10-27</t>
+  </si>
+  <si>
+    <t>283.02</t>
+  </si>
+  <si>
+    <t>200.65</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>282.64</t>
+  </si>
+  <si>
+    <t>197.94</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>264.12</t>
+  </si>
+  <si>
+    <t>188.03</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>265.05</t>
+  </si>
+  <si>
+    <t>193.13</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>247.01</t>
+  </si>
+  <si>
+    <t>181.83</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>287.14</t>
+  </si>
+  <si>
+    <t>189.1</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>269.47</t>
+  </si>
+  <si>
+    <t>179.89</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D80"/>
+  <dimension ref="A1:D81"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1892,41 +1901,55 @@
     <row r="79" spans="1:4">
       <c r="A79" s="0" t="s">
         <v>234</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="0" t="s">
         <v>237</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>239</v>
       </c>
       <c r="D80" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4">
+      <c r="A81" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="B81" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="D81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>