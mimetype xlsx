--- v0 (2025-10-09)
+++ v1 (2025-11-02)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="201" uniqueCount="201">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="204">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Environment Social Governance (ESG) Theme</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2021-10-29</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2021-11-18</t>
   </si>
   <si>
     <t>105.13</t>
   </si>
   <si>
@@ -607,99 +607,108 @@
     <t>2025-08-25</t>
   </si>
   <si>
     <t>171.91</t>
   </si>
   <si>
     <t>166.36</t>
   </si>
   <si>
     <t>2025-09-16</t>
   </si>
   <si>
     <t>171.04</t>
   </si>
   <si>
     <t>169.95</t>
   </si>
   <si>
     <t>2025-10-08</t>
   </si>
   <si>
     <t>166.46</t>
   </si>
   <si>
     <t>166.16</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>169.14</t>
+  </si>
+  <si>
+    <t>170.72</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D67"/>
+  <dimension ref="A1:D68"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1593,41 +1602,55 @@
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
         <v>195</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>196</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>197</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
         <v>198</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>199</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D67" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="B68" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="D68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>