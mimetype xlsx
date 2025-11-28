--- v1 (2025-11-02)
+++ v2 (2025-11-28)
@@ -4,711 +4,717 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="204">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="206" uniqueCount="206">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Environment Social Governance (ESG) Theme</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2021-10-29</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-11-18</t>
-[...20 lines deleted...]
-    <t>105.36</t>
+    <t>2021-11-24</t>
+  </si>
+  <si>
+    <t>104.41</t>
+  </si>
+  <si>
+    <t>102.23</t>
+  </si>
+  <si>
+    <t>2021-12-15</t>
+  </si>
+  <si>
+    <t>107.74</t>
+  </si>
+  <si>
+    <t>104.2</t>
+  </si>
+  <si>
+    <t>2022-01-05</t>
+  </si>
+  <si>
+    <t>107.27</t>
+  </si>
+  <si>
+    <t>106.13</t>
+  </si>
+  <si>
+    <t>2022-01-27</t>
+  </si>
+  <si>
+    <t>102.2</t>
+  </si>
+  <si>
+    <t>101.13</t>
+  </si>
+  <si>
+    <t>2022-02-17</t>
+  </si>
+  <si>
+    <t>98.17</t>
+  </si>
+  <si>
+    <t>96.98</t>
+  </si>
+  <si>
+    <t>2022-03-11</t>
+  </si>
+  <si>
+    <t>96.63</t>
+  </si>
+  <si>
+    <t>94.35</t>
+  </si>
+  <si>
+    <t>2022-04-04</t>
+  </si>
+  <si>
+    <t>103.76</t>
+  </si>
+  <si>
+    <t>100.16</t>
+  </si>
+  <si>
+    <t>2022-04-27</t>
   </si>
   <si>
     <t>104.85</t>
   </si>
   <si>
-    <t>2022-01-21</t>
-[...173 lines deleted...]
-    <t>92.3</t>
+    <t>96.03</t>
+  </si>
+  <si>
+    <t>2022-05-19</t>
+  </si>
+  <si>
+    <t>93.35</t>
+  </si>
+  <si>
+    <t>82.78</t>
+  </si>
+  <si>
+    <t>2022-06-09</t>
+  </si>
+  <si>
+    <t>89.68</t>
+  </si>
+  <si>
+    <t>84.1</t>
+  </si>
+  <si>
+    <t>2022-06-30</t>
+  </si>
+  <si>
+    <t>80.45</t>
+  </si>
+  <si>
+    <t>78.44</t>
+  </si>
+  <si>
+    <t>2022-07-21</t>
+  </si>
+  <si>
+    <t>88.04</t>
   </si>
   <si>
     <t>84.47</t>
   </si>
   <si>
-    <t>2023-04-12</t>
-[...53 lines deleted...]
-    <t>2023-08-22</t>
+    <t>2022-08-12</t>
+  </si>
+  <si>
+    <t>91.48</t>
+  </si>
+  <si>
+    <t>87.51</t>
+  </si>
+  <si>
+    <t>2022-09-06</t>
+  </si>
+  <si>
+    <t>98.29</t>
+  </si>
+  <si>
+    <t>90.65</t>
+  </si>
+  <si>
+    <t>2022-09-27</t>
+  </si>
+  <si>
+    <t>91.56</t>
+  </si>
+  <si>
+    <t>86.25</t>
+  </si>
+  <si>
+    <t>2022-10-19</t>
+  </si>
+  <si>
+    <t>95.7</t>
+  </si>
+  <si>
+    <t>2022-11-14</t>
+  </si>
+  <si>
+    <t>97.44</t>
+  </si>
+  <si>
+    <t>90.58</t>
+  </si>
+  <si>
+    <t>2022-12-05</t>
+  </si>
+  <si>
+    <t>101.03</t>
+  </si>
+  <si>
+    <t>94.02</t>
+  </si>
+  <si>
+    <t>2022-12-26</t>
+  </si>
+  <si>
+    <t>91.38</t>
+  </si>
+  <si>
+    <t>88.54</t>
+  </si>
+  <si>
+    <t>2023-01-16</t>
+  </si>
+  <si>
+    <t>95.78</t>
+  </si>
+  <si>
+    <t>89.8</t>
+  </si>
+  <si>
+    <t>2023-02-07</t>
+  </si>
+  <si>
+    <t>91.65</t>
+  </si>
+  <si>
+    <t>87.3</t>
+  </si>
+  <si>
+    <t>2023-02-28</t>
+  </si>
+  <si>
+    <t>90.21</t>
+  </si>
+  <si>
+    <t>85.04</t>
+  </si>
+  <si>
+    <t>2023-03-22</t>
+  </si>
+  <si>
+    <t>93.21</t>
+  </si>
+  <si>
+    <t>84.65</t>
+  </si>
+  <si>
+    <t>2023-04-18</t>
+  </si>
+  <si>
+    <t>99.48</t>
+  </si>
+  <si>
+    <t>87.27</t>
+  </si>
+  <si>
+    <t>2023-05-10</t>
+  </si>
+  <si>
+    <t>105.98</t>
+  </si>
+  <si>
+    <t>91.29</t>
+  </si>
+  <si>
+    <t>2023-05-31</t>
+  </si>
+  <si>
+    <t>109.37</t>
+  </si>
+  <si>
+    <t>94.42</t>
+  </si>
+  <si>
+    <t>2023-06-21</t>
+  </si>
+  <si>
+    <t>123.87</t>
+  </si>
+  <si>
+    <t>100.61</t>
+  </si>
+  <si>
+    <t>2023-07-13</t>
+  </si>
+  <si>
+    <t>128.19</t>
+  </si>
+  <si>
+    <t>103.71</t>
+  </si>
+  <si>
+    <t>2023-08-03</t>
+  </si>
+  <si>
+    <t>127.59</t>
+  </si>
+  <si>
+    <t>107.83</t>
+  </si>
+  <si>
+    <t>2023-08-25</t>
   </si>
   <si>
     <t>138.98</t>
   </si>
   <si>
-    <t>110.08</t>
-[...200 lines deleted...]
-    <t>2025-01-16</t>
+    <t>110.24</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>145.63</t>
+  </si>
+  <si>
+    <t>118.83</t>
+  </si>
+  <si>
+    <t>2023-10-10</t>
+  </si>
+  <si>
+    <t>144.25</t>
+  </si>
+  <si>
+    <t>118.51</t>
+  </si>
+  <si>
+    <t>2023-11-01</t>
+  </si>
+  <si>
+    <t>140.01</t>
+  </si>
+  <si>
+    <t>117.4</t>
+  </si>
+  <si>
+    <t>2023-11-23</t>
+  </si>
+  <si>
+    <t>149.73</t>
+  </si>
+  <si>
+    <t>128.04</t>
+  </si>
+  <si>
+    <t>2023-12-15</t>
+  </si>
+  <si>
+    <t>153.83</t>
+  </si>
+  <si>
+    <t>138.26</t>
+  </si>
+  <si>
+    <t>2024-01-08</t>
+  </si>
+  <si>
+    <t>161.47</t>
+  </si>
+  <si>
+    <t>142.5</t>
+  </si>
+  <si>
+    <t>2024-01-30</t>
+  </si>
+  <si>
+    <t>167.29</t>
+  </si>
+  <si>
+    <t>145.57</t>
+  </si>
+  <si>
+    <t>2024-02-20</t>
+  </si>
+  <si>
+    <t>166.68</t>
+  </si>
+  <si>
+    <t>150.21</t>
+  </si>
+  <si>
+    <t>2024-03-13</t>
+  </si>
+  <si>
+    <t>144.52</t>
+  </si>
+  <si>
+    <t>132.77</t>
+  </si>
+  <si>
+    <t>2024-04-05</t>
+  </si>
+  <si>
+    <t>155.94</t>
+  </si>
+  <si>
+    <t>151.9</t>
+  </si>
+  <si>
+    <t>2024-04-30</t>
+  </si>
+  <si>
+    <t>159.87</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>2024-05-23</t>
+  </si>
+  <si>
+    <t>164.78</t>
+  </si>
+  <si>
+    <t>157.07</t>
+  </si>
+  <si>
+    <t>2024-06-13</t>
+  </si>
+  <si>
+    <t>167.79</t>
+  </si>
+  <si>
+    <t>166.33</t>
+  </si>
+  <si>
+    <t>2024-07-05</t>
+  </si>
+  <si>
+    <t>175.79</t>
+  </si>
+  <si>
+    <t>175.91</t>
+  </si>
+  <si>
+    <t>2024-07-29</t>
+  </si>
+  <si>
+    <t>183.29</t>
+  </si>
+  <si>
+    <t>176.87</t>
+  </si>
+  <si>
+    <t>2024-08-20</t>
+  </si>
+  <si>
+    <t>184.35</t>
+  </si>
+  <si>
+    <t>174.98</t>
+  </si>
+  <si>
+    <t>2024-09-10</t>
+  </si>
+  <si>
+    <t>184.4</t>
+  </si>
+  <si>
+    <t>179.42</t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>182.95</t>
+  </si>
+  <si>
+    <t>179.54</t>
+  </si>
+  <si>
+    <t>2024-10-23</t>
+  </si>
+  <si>
+    <t>178.49</t>
   </si>
   <si>
     <t>169.84</t>
   </si>
   <si>
-    <t>163.87</t>
-[...38 lines deleted...]
-    <t>2025-05-09</t>
+    <t>2024-11-14</t>
+  </si>
+  <si>
+    <t>175.75</t>
+  </si>
+  <si>
+    <t>163.47</t>
+  </si>
+  <si>
+    <t>2024-12-09</t>
+  </si>
+  <si>
+    <t>186.81</t>
+  </si>
+  <si>
+    <t>181.38</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>180.04</t>
+  </si>
+  <si>
+    <t>174.32</t>
+  </si>
+  <si>
+    <t>2025-01-21</t>
+  </si>
+  <si>
+    <t>169.48</t>
+  </si>
+  <si>
+    <t>162.13</t>
+  </si>
+  <si>
+    <t>2025-02-10</t>
+  </si>
+  <si>
+    <t>164.1</t>
+  </si>
+  <si>
+    <t>154.63</t>
+  </si>
+  <si>
+    <t>2025-03-04</t>
+  </si>
+  <si>
+    <t>149.19</t>
+  </si>
+  <si>
+    <t>137.11</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>151.22</t>
+  </si>
+  <si>
+    <t>148.02</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>161.16</t>
   </si>
   <si>
     <t>156.93</t>
   </si>
   <si>
-    <t>149.4</t>
-[...71 lines deleted...]
-    <t>170.72</t>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>166.18</t>
+  </si>
+  <si>
+    <t>159.26</t>
+  </si>
+  <si>
+    <t>2025-06-04</t>
+  </si>
+  <si>
+    <t>168.84</t>
+  </si>
+  <si>
+    <t>169.57</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>168.7</t>
+  </si>
+  <si>
+    <t>173.94</t>
+  </si>
+  <si>
+    <t>2025-07-16</t>
+  </si>
+  <si>
+    <t>171.92</t>
+  </si>
+  <si>
+    <t>177.77</t>
+  </si>
+  <si>
+    <t>2025-08-06</t>
+  </si>
+  <si>
+    <t>164.73</t>
+  </si>
+  <si>
+    <t>164.05</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>166.58</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>171.2</t>
+  </si>
+  <si>
+    <t>171.87</t>
+  </si>
+  <si>
+    <t>2025-10-13</t>
+  </si>
+  <si>
+    <t>165.81</t>
+  </si>
+  <si>
+    <t>168.12</t>
+  </si>
+  <si>
+    <t>2025-11-06</t>
+  </si>
+  <si>
+    <t>166.49</t>
+  </si>
+  <si>
+    <t>168.16</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>163.96</t>
+  </si>
+  <si>
+    <t>166.04</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D68"/>
+  <dimension ref="A1:D69"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -913,744 +919,758 @@
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="B19" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="B19" s="0" t="s">
+      <c r="C19" s="0" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="B20" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="B20" s="0" t="s">
+      <c r="C20" s="0" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B21" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="B21" s="0" t="s">
+      <c r="C21" s="0" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="B22" s="0" t="s">
+      <c r="C22" s="0" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="B23" s="0" t="s">
+      <c r="C23" s="0" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="B24" s="0" t="s">
+      <c r="C24" s="0" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="B25" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="B25" s="0" t="s">
+      <c r="C25" s="0" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="B26" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="B26" s="0" t="s">
+      <c r="C26" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B27" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="B27" s="0" t="s">
+      <c r="C27" s="0" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B28" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="B28" s="0" t="s">
+      <c r="C28" s="0" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="B29" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="B29" s="0" t="s">
+      <c r="C29" s="0" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="B30" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="B30" s="0" t="s">
+      <c r="C30" s="0" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="B31" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="B31" s="0" t="s">
+      <c r="C31" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="B32" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="B32" s="0" t="s">
+      <c r="C32" s="0" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="B33" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="B33" s="0" t="s">
+      <c r="C33" s="0" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="B34" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="B34" s="0" t="s">
+      <c r="C34" s="0" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="B35" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="B35" s="0" t="s">
+      <c r="C35" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="B36" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="B36" s="0" t="s">
+      <c r="C36" s="0" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B37" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="B37" s="0" t="s">
+      <c r="C37" s="0" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="B38" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="B38" s="0" t="s">
+      <c r="C38" s="0" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="B39" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="B39" s="0" t="s">
+      <c r="C39" s="0" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="B40" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="B40" s="0" t="s">
+      <c r="C40" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="B41" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="B41" s="0" t="s">
+      <c r="C41" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B42" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="B42" s="0" t="s">
+      <c r="C42" s="0" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="B43" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="B43" s="0" t="s">
+      <c r="C43" s="0" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B44" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="B44" s="0" t="s">
+      <c r="C44" s="0" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="B45" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="B45" s="0" t="s">
+      <c r="C45" s="0" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="B46" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="B46" s="0" t="s">
+      <c r="C46" s="0" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="B47" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="B47" s="0" t="s">
+      <c r="C47" s="0" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="B48" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="B48" s="0" t="s">
+      <c r="C48" s="0" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="B49" s="0" t="s">
         <v>144</v>
       </c>
-      <c r="B49" s="0" t="s">
+      <c r="C49" s="0" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="B50" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="B50" s="0" t="s">
+      <c r="C50" s="0" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="B51" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="B51" s="0" t="s">
+      <c r="C51" s="0" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="B52" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="B52" s="0" t="s">
+      <c r="C52" s="0" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B53" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="B53" s="0" t="s">
+      <c r="C53" s="0" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="B54" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="B54" s="0" t="s">
+      <c r="C54" s="0" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="B55" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="B55" s="0" t="s">
+      <c r="C55" s="0" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="B56" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="B56" s="0" t="s">
+      <c r="C56" s="0" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="B57" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="B57" s="0" t="s">
+      <c r="C57" s="0" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B58" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="B58" s="0" t="s">
+      <c r="C58" s="0" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="B59" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="B59" s="0" t="s">
+      <c r="C59" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="B60" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="B60" s="0" t="s">
+      <c r="C60" s="0" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B61" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="B61" s="0" t="s">
+      <c r="C61" s="0" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B62" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="B62" s="0" t="s">
+      <c r="C62" s="0" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="B63" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="B63" s="0" t="s">
+      <c r="C63" s="0" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="B64" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="B64" s="0" t="s">
+      <c r="C64" s="0" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="B65" s="0" t="s">
+      <c r="C65" s="0" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="B66" s="0" t="s">
+      <c r="C66" s="0" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="B67" s="0" t="s">
+      <c r="C67" s="0" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="B68" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="B68" s="0" t="s">
+      <c r="C68" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="D68" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4">
+      <c r="A69" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="D68" s="0" t="s">
+      <c r="B69" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="D69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>