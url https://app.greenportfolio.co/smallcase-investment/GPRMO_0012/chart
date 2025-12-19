--- v2 (2025-11-28)
+++ v3 (2025-12-19)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="206" uniqueCount="206">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="209" uniqueCount="209">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Environment Social Governance (ESG) Theme</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2021-10-29</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2021-11-24</t>
   </si>
   <si>
     <t>104.41</t>
   </si>
   <si>
@@ -622,99 +622,108 @@
     <t>2025-10-13</t>
   </si>
   <si>
     <t>165.81</t>
   </si>
   <si>
     <t>168.12</t>
   </si>
   <si>
     <t>2025-11-06</t>
   </si>
   <si>
     <t>166.49</t>
   </si>
   <si>
     <t>168.16</t>
   </si>
   <si>
     <t>2025-11-27</t>
   </si>
   <si>
     <t>163.96</t>
   </si>
   <si>
     <t>166.04</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>163.11</t>
+  </si>
+  <si>
+    <t>159.38</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D69"/>
+  <dimension ref="A1:D70"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1636,41 +1645,55 @@
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
         <v>200</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>201</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>202</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0" t="s">
         <v>203</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>204</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>205</v>
       </c>
       <c r="D69" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4">
+      <c r="A70" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="B70" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="D70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>