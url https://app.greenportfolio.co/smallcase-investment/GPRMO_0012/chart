--- v3 (2025-12-19)
+++ v4 (2026-01-29)
@@ -4,726 +4,744 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="209" uniqueCount="209">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="215" uniqueCount="215">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Environment Social Governance (ESG) Theme</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2021-10-29</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-11-24</t>
-[...8 lines deleted...]
-    <t>2021-12-15</t>
+    <t>2021-11-17</t>
+  </si>
+  <si>
+    <t>104.98</t>
+  </si>
+  <si>
+    <t>104.2</t>
+  </si>
+  <si>
+    <t>2021-12-09</t>
+  </si>
+  <si>
+    <t>106.76</t>
+  </si>
+  <si>
+    <t>103.66</t>
+  </si>
+  <si>
+    <t>2021-12-30</t>
+  </si>
+  <si>
+    <t>104.37</t>
+  </si>
+  <si>
+    <t>103.39</t>
+  </si>
+  <si>
+    <t>2022-01-20</t>
+  </si>
+  <si>
+    <t>108.97</t>
+  </si>
+  <si>
+    <t>108.52</t>
+  </si>
+  <si>
+    <t>2022-02-11</t>
+  </si>
+  <si>
+    <t>101.52</t>
+  </si>
+  <si>
+    <t>99.32</t>
+  </si>
+  <si>
+    <t>2022-03-07</t>
+  </si>
+  <si>
+    <t>90.79</t>
+  </si>
+  <si>
+    <t>88.72</t>
+  </si>
+  <si>
+    <t>2022-03-29</t>
+  </si>
+  <si>
+    <t>96.66</t>
+  </si>
+  <si>
+    <t>95.33</t>
+  </si>
+  <si>
+    <t>2022-04-21</t>
+  </si>
+  <si>
+    <t>108.14</t>
+  </si>
+  <si>
+    <t>98.18</t>
+  </si>
+  <si>
+    <t>2022-05-13</t>
+  </si>
+  <si>
+    <t>89.15</t>
+  </si>
+  <si>
+    <t>81.7</t>
+  </si>
+  <si>
+    <t>2022-06-03</t>
+  </si>
+  <si>
+    <t>91.05</t>
+  </si>
+  <si>
+    <t>85.54</t>
+  </si>
+  <si>
+    <t>2022-06-24</t>
+  </si>
+  <si>
+    <t>80.26</t>
+  </si>
+  <si>
+    <t>77.93</t>
+  </si>
+  <si>
+    <t>2022-07-15</t>
+  </si>
+  <si>
+    <t>84.58</t>
+  </si>
+  <si>
+    <t>81.03</t>
+  </si>
+  <si>
+    <t>2022-08-05</t>
+  </si>
+  <si>
+    <t>87.63</t>
+  </si>
+  <si>
+    <t>86.54</t>
+  </si>
+  <si>
+    <t>2022-08-30</t>
+  </si>
+  <si>
+    <t>96.68</t>
+  </si>
+  <si>
+    <t>89.37</t>
+  </si>
+  <si>
+    <t>2022-09-21</t>
+  </si>
+  <si>
+    <t>97.15</t>
+  </si>
+  <si>
+    <t>90.38</t>
+  </si>
+  <si>
+    <t>2022-10-13</t>
+  </si>
+  <si>
+    <t>95.3</t>
+  </si>
+  <si>
+    <t>88.29</t>
+  </si>
+  <si>
+    <t>2022-11-07</t>
+  </si>
+  <si>
+    <t>97.27</t>
+  </si>
+  <si>
+    <t>91.36</t>
+  </si>
+  <si>
+    <t>2022-11-29</t>
+  </si>
+  <si>
+    <t>98.5</t>
+  </si>
+  <si>
+    <t>92.1</t>
+  </si>
+  <si>
+    <t>2022-12-20</t>
+  </si>
+  <si>
+    <t>96.83</t>
+  </si>
+  <si>
+    <t>93.07</t>
+  </si>
+  <si>
+    <t>2023-01-10</t>
+  </si>
+  <si>
+    <t>97.34</t>
+  </si>
+  <si>
+    <t>89.65</t>
+  </si>
+  <si>
+    <t>2023-02-01</t>
+  </si>
+  <si>
+    <t>92.3</t>
+  </si>
+  <si>
+    <t>87.24</t>
+  </si>
+  <si>
+    <t>2023-02-22</t>
+  </si>
+  <si>
+    <t>91.2</t>
+  </si>
+  <si>
+    <t>85.86</t>
+  </si>
+  <si>
+    <t>2023-03-16</t>
+  </si>
+  <si>
+    <t>91.42</t>
+  </si>
+  <si>
+    <t>83.89</t>
+  </si>
+  <si>
+    <t>2023-04-11</t>
+  </si>
+  <si>
+    <t>97.04</t>
+  </si>
+  <si>
+    <t>86.02</t>
+  </si>
+  <si>
+    <t>2023-05-04</t>
+  </si>
+  <si>
+    <t>105.75</t>
+  </si>
+  <si>
+    <t>91.11</t>
+  </si>
+  <si>
+    <t>2023-05-25</t>
+  </si>
+  <si>
+    <t>107.89</t>
+  </si>
+  <si>
+    <t>92.49</t>
+  </si>
+  <si>
+    <t>2023-06-15</t>
+  </si>
+  <si>
+    <t>117.96</t>
+  </si>
+  <si>
+    <t>98.79</t>
+  </si>
+  <si>
+    <t>2023-07-07</t>
+  </si>
+  <si>
+    <t>125.97</t>
+  </si>
+  <si>
+    <t>103.27</t>
+  </si>
+  <si>
+    <t>2023-07-28</t>
+  </si>
+  <si>
+    <t>127.39</t>
   </si>
   <si>
     <t>107.74</t>
   </si>
   <si>
-    <t>104.2</t>
-[...590 lines deleted...]
-    <t>159.38</t>
+    <t>2023-08-21</t>
+  </si>
+  <si>
+    <t>137.72</t>
+  </si>
+  <si>
+    <t>109.19</t>
+  </si>
+  <si>
+    <t>2023-09-11</t>
+  </si>
+  <si>
+    <t>148.43</t>
+  </si>
+  <si>
+    <t>120.58</t>
+  </si>
+  <si>
+    <t>2023-10-04</t>
+  </si>
+  <si>
+    <t>143.41</t>
+  </si>
+  <si>
+    <t>117.55</t>
+  </si>
+  <si>
+    <t>2023-10-26</t>
+  </si>
+  <si>
+    <t>139.57</t>
+  </si>
+  <si>
+    <t>115.08</t>
+  </si>
+  <si>
+    <t>2023-11-17</t>
+  </si>
+  <si>
+    <t>147.74</t>
+  </si>
+  <si>
+    <t>128.93</t>
+  </si>
+  <si>
+    <t>2023-12-11</t>
+  </si>
+  <si>
+    <t>152.58</t>
+  </si>
+  <si>
+    <t>134.91</t>
+  </si>
+  <si>
+    <t>2024-01-02</t>
+  </si>
+  <si>
+    <t>158.64</t>
+  </si>
+  <si>
+    <t>141.08</t>
+  </si>
+  <si>
+    <t>2024-01-23</t>
+  </si>
+  <si>
+    <t>160.44</t>
+  </si>
+  <si>
+    <t>139.99</t>
+  </si>
+  <si>
+    <t>2024-02-14</t>
+  </si>
+  <si>
+    <t>161.14</t>
+  </si>
+  <si>
+    <t>147.64</t>
+  </si>
+  <si>
+    <t>2024-03-06</t>
+  </si>
+  <si>
+    <t>160.93</t>
+  </si>
+  <si>
+    <t>144.67</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>152.93</t>
+  </si>
+  <si>
+    <t>146.45</t>
+  </si>
+  <si>
+    <t>2024-04-24</t>
+  </si>
+  <si>
+    <t>155.93</t>
+  </si>
+  <si>
+    <t>155.54</t>
+  </si>
+  <si>
+    <t>2024-05-16</t>
+  </si>
+  <si>
+    <t>164.48</t>
+  </si>
+  <si>
+    <t>154.14</t>
+  </si>
+  <si>
+    <t>2024-06-07</t>
+  </si>
+  <si>
+    <t>161.9</t>
+  </si>
+  <si>
+    <t>159.89</t>
+  </si>
+  <si>
+    <t>2024-07-01</t>
+  </si>
+  <si>
+    <t>171.55</t>
+  </si>
+  <si>
+    <t>172.69</t>
+  </si>
+  <si>
+    <t>2024-07-23</t>
+  </si>
+  <si>
+    <t>178.89</t>
+  </si>
+  <si>
+    <t>170.9</t>
+  </si>
+  <si>
+    <t>2024-08-13</t>
+  </si>
+  <si>
+    <t>181.07</t>
+  </si>
+  <si>
+    <t>169.07</t>
+  </si>
+  <si>
+    <t>2024-09-04</t>
+  </si>
+  <si>
+    <t>184.02</t>
+  </si>
+  <si>
+    <t>179.46</t>
+  </si>
+  <si>
+    <t>2024-09-25</t>
+  </si>
+  <si>
+    <t>184.59</t>
+  </si>
+  <si>
+    <t>179.79</t>
+  </si>
+  <si>
+    <t>2024-10-17</t>
+  </si>
+  <si>
+    <t>186.68</t>
+  </si>
+  <si>
+    <t>177.08</t>
+  </si>
+  <si>
+    <t>2024-11-08</t>
+  </si>
+  <si>
+    <t>183.87</t>
+  </si>
+  <si>
+    <t>171.32</t>
+  </si>
+  <si>
+    <t>2024-12-03</t>
+  </si>
+  <si>
+    <t>187.66</t>
+  </si>
+  <si>
+    <t>176.5</t>
+  </si>
+  <si>
+    <t>2024-12-24</t>
+  </si>
+  <si>
+    <t>178.53</t>
+  </si>
+  <si>
+    <t>173.98</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>167.82</t>
+  </si>
+  <si>
+    <t>161.18</t>
+  </si>
+  <si>
+    <t>2025-02-04</t>
+  </si>
+  <si>
+    <t>168.62</t>
+  </si>
+  <si>
+    <t>156.02</t>
+  </si>
+  <si>
+    <t>2025-02-25</t>
+  </si>
+  <si>
+    <t>155.05</t>
+  </si>
+  <si>
+    <t>143.11</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>154.28</t>
+  </si>
+  <si>
+    <t>147.29</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>157.45</t>
+  </si>
+  <si>
+    <t>150.27</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>157.27</t>
+  </si>
+  <si>
+    <t>150.31</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>168.75</t>
+  </si>
+  <si>
+    <t>166.15</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>165.85</t>
+  </si>
+  <si>
+    <t>167.3</t>
+  </si>
+  <si>
+    <t>2025-07-10</t>
+  </si>
+  <si>
+    <t>169.66</t>
+  </si>
+  <si>
+    <t>176.06</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>167.44</t>
+  </si>
+  <si>
+    <t>166.87</t>
+  </si>
+  <si>
+    <t>2025-08-22</t>
+  </si>
+  <si>
+    <t>169.59</t>
+  </si>
+  <si>
+    <t>166.43</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>170.67</t>
+  </si>
+  <si>
+    <t>168.36</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>166.65</t>
+  </si>
+  <si>
+    <t>167.03</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>171.54</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>164.07</t>
+  </si>
+  <si>
+    <t>165.76</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>160.82</t>
+  </si>
+  <si>
+    <t>161.51</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>164.57</t>
+  </si>
+  <si>
+    <t>166.5</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>153.73</t>
+  </si>
+  <si>
+    <t>155.95</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D70"/>
+  <dimension ref="A1:D72"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -928,772 +946,800 @@
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>201</v>
+        <v>143</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>202</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0" t="s">
         <v>203</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>204</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>205</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0" t="s">
         <v>206</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>207</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>208</v>
       </c>
       <c r="D70" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="B71" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="D71" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="B72" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="D72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>