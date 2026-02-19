--- v4 (2026-01-29)
+++ v5 (2026-02-19)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="215" uniqueCount="215">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="218" uniqueCount="218">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Environment Social Governance (ESG) Theme</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2021-10-29</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2021-11-17</t>
   </si>
   <si>
     <t>104.98</t>
   </si>
   <si>
@@ -649,99 +649,108 @@
     <t>2025-12-12</t>
   </si>
   <si>
     <t>160.82</t>
   </si>
   <si>
     <t>161.51</t>
   </si>
   <si>
     <t>2026-01-05</t>
   </si>
   <si>
     <t>164.57</t>
   </si>
   <si>
     <t>166.5</t>
   </si>
   <si>
     <t>2026-01-28</t>
   </si>
   <si>
     <t>153.73</t>
   </si>
   <si>
     <t>155.95</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>156.73</t>
+  </si>
+  <si>
+    <t>159.25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D72"/>
+  <dimension ref="A1:D73"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1705,41 +1714,55 @@
     <row r="71" spans="1:4">
       <c r="A71" s="0" t="s">
         <v>209</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>210</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>211</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0" t="s">
         <v>212</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>213</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>214</v>
       </c>
       <c r="D72" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4">
+      <c r="A73" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="D73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>