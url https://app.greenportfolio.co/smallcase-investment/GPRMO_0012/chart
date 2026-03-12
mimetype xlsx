--- v5 (2026-02-19)
+++ v6 (2026-03-12)
@@ -4,753 +4,762 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="218" uniqueCount="218">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="221">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Environment Social Governance (ESG) Theme</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2021-10-29</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-11-17</t>
-[...44 lines deleted...]
-    <t>2022-03-07</t>
+    <t>2021-11-12</t>
+  </si>
+  <si>
+    <t>102.67</t>
+  </si>
+  <si>
+    <t>103.82</t>
+  </si>
+  <si>
+    <t>2021-12-06</t>
+  </si>
+  <si>
+    <t>101.75</t>
+  </si>
+  <si>
+    <t>99.47</t>
+  </si>
+  <si>
+    <t>2021-12-27</t>
+  </si>
+  <si>
+    <t>103.48</t>
+  </si>
+  <si>
+    <t>100.97</t>
+  </si>
+  <si>
+    <t>2022-01-17</t>
+  </si>
+  <si>
+    <t>110.75</t>
+  </si>
+  <si>
+    <t>111.27</t>
+  </si>
+  <si>
+    <t>2022-02-08</t>
+  </si>
+  <si>
+    <t>102.43</t>
+  </si>
+  <si>
+    <t>100.84</t>
+  </si>
+  <si>
+    <t>2022-03-02</t>
+  </si>
+  <si>
+    <t>94.12</t>
+  </si>
+  <si>
+    <t>91.89</t>
+  </si>
+  <si>
+    <t>2022-03-24</t>
+  </si>
+  <si>
+    <t>98.86</t>
+  </si>
+  <si>
+    <t>96.18</t>
+  </si>
+  <si>
+    <t>2022-04-18</t>
+  </si>
+  <si>
+    <t>106.75</t>
+  </si>
+  <si>
+    <t>98.48</t>
+  </si>
+  <si>
+    <t>2022-05-10</t>
+  </si>
+  <si>
+    <t>91.93</t>
+  </si>
+  <si>
+    <t>84.95</t>
+  </si>
+  <si>
+    <t>2022-05-31</t>
+  </si>
+  <si>
+    <t>90.89</t>
+  </si>
+  <si>
+    <t>85.53</t>
+  </si>
+  <si>
+    <t>2022-06-21</t>
+  </si>
+  <si>
+    <t>79.5</t>
+  </si>
+  <si>
+    <t>76.68</t>
+  </si>
+  <si>
+    <t>2022-07-12</t>
+  </si>
+  <si>
+    <t>85.75</t>
+  </si>
+  <si>
+    <t>81.51</t>
+  </si>
+  <si>
+    <t>2022-08-02</t>
+  </si>
+  <si>
+    <t>88.55</t>
+  </si>
+  <si>
+    <t>87.33</t>
+  </si>
+  <si>
+    <t>2022-08-25</t>
+  </si>
+  <si>
+    <t>95.56</t>
+  </si>
+  <si>
+    <t>88.51</t>
+  </si>
+  <si>
+    <t>2022-09-16</t>
+  </si>
+  <si>
+    <t>97.26</t>
+  </si>
+  <si>
+    <t>91.18</t>
+  </si>
+  <si>
+    <t>2022-10-10</t>
+  </si>
+  <si>
+    <t>97.47</t>
+  </si>
+  <si>
+    <t>89.55</t>
+  </si>
+  <si>
+    <t>2022-11-02</t>
+  </si>
+  <si>
+    <t>96.36</t>
+  </si>
+  <si>
+    <t>90.06</t>
+  </si>
+  <si>
+    <t>2022-11-24</t>
+  </si>
+  <si>
+    <t>96.79</t>
+  </si>
+  <si>
+    <t>90.47</t>
+  </si>
+  <si>
+    <t>2022-12-15</t>
+  </si>
+  <si>
+    <t>98.41</t>
+  </si>
+  <si>
+    <t>93.63</t>
+  </si>
+  <si>
+    <t>2023-01-05</t>
+  </si>
+  <si>
+    <t>96.9</t>
+  </si>
+  <si>
+    <t>90.42</t>
+  </si>
+  <si>
+    <t>2023-01-27</t>
   </si>
   <si>
     <t>90.79</t>
   </si>
   <si>
-    <t>88.72</t>
-[...425 lines deleted...]
-    <t>2025-02-04</t>
+    <t>85.84</t>
+  </si>
+  <si>
+    <t>2023-02-17</t>
+  </si>
+  <si>
+    <t>92.58</t>
+  </si>
+  <si>
+    <t>87.47</t>
+  </si>
+  <si>
+    <t>2023-03-13</t>
+  </si>
+  <si>
+    <t>92.45</t>
+  </si>
+  <si>
+    <t>84.69</t>
+  </si>
+  <si>
+    <t>2023-04-05</t>
+  </si>
+  <si>
+    <t>98.07</t>
+  </si>
+  <si>
+    <t>84.77</t>
+  </si>
+  <si>
+    <t>2023-04-28</t>
+  </si>
+  <si>
+    <t>105.34</t>
+  </si>
+  <si>
+    <t>89.84</t>
+  </si>
+  <si>
+    <t>2023-05-22</t>
+  </si>
+  <si>
+    <t>105.86</t>
+  </si>
+  <si>
+    <t>92.38</t>
+  </si>
+  <si>
+    <t>2023-06-12</t>
+  </si>
+  <si>
+    <t>116.62</t>
+  </si>
+  <si>
+    <t>97.83</t>
+  </si>
+  <si>
+    <t>2023-07-04</t>
+  </si>
+  <si>
+    <t>122.76</t>
+  </si>
+  <si>
+    <t>102.14</t>
+  </si>
+  <si>
+    <t>2023-07-25</t>
+  </si>
+  <si>
+    <t>127.06</t>
+  </si>
+  <si>
+    <t>107.36</t>
+  </si>
+  <si>
+    <t>2023-08-16</t>
+  </si>
+  <si>
+    <t>131.95</t>
+  </si>
+  <si>
+    <t>108.93</t>
+  </si>
+  <si>
+    <t>2023-09-06</t>
+  </si>
+  <si>
+    <t>146.15</t>
+  </si>
+  <si>
+    <t>117.72</t>
+  </si>
+  <si>
+    <t>2023-09-28</t>
+  </si>
+  <si>
+    <t>143.1</t>
+  </si>
+  <si>
+    <t>117.25</t>
+  </si>
+  <si>
+    <t>2023-10-20</t>
+  </si>
+  <si>
+    <t>148.49</t>
+  </si>
+  <si>
+    <t>120.07</t>
+  </si>
+  <si>
+    <t>2023-11-13</t>
+  </si>
+  <si>
+    <t>145.67</t>
+  </si>
+  <si>
+    <t>126.41</t>
+  </si>
+  <si>
+    <t>2023-12-06</t>
+  </si>
+  <si>
+    <t>151.19</t>
+  </si>
+  <si>
+    <t>134.75</t>
+  </si>
+  <si>
+    <t>2023-12-28</t>
+  </si>
+  <si>
+    <t>154.03</t>
+  </si>
+  <si>
+    <t>139.79</t>
+  </si>
+  <si>
+    <t>2024-01-18</t>
+  </si>
+  <si>
+    <t>160.62</t>
+  </si>
+  <si>
+    <t>142.29</t>
+  </si>
+  <si>
+    <t>2024-02-09</t>
+  </si>
+  <si>
+    <t>166.74</t>
+  </si>
+  <si>
+    <t>151.11</t>
+  </si>
+  <si>
+    <t>2024-03-01</t>
+  </si>
+  <si>
+    <t>165.59</t>
+  </si>
+  <si>
+    <t>149.15</t>
+  </si>
+  <si>
+    <t>2024-03-26</t>
+  </si>
+  <si>
+    <t>148.29</t>
+  </si>
+  <si>
+    <t>140.42</t>
+  </si>
+  <si>
+    <t>2024-04-19</t>
+  </si>
+  <si>
+    <t>152.56</t>
+  </si>
+  <si>
+    <t>151.12</t>
+  </si>
+  <si>
+    <t>2024-05-13</t>
+  </si>
+  <si>
+    <t>159.97</t>
+  </si>
+  <si>
+    <t>148.96</t>
+  </si>
+  <si>
+    <t>2024-06-04</t>
+  </si>
+  <si>
+    <t>153.43</t>
+  </si>
+  <si>
+    <t>145.75</t>
+  </si>
+  <si>
+    <t>2024-06-26</t>
+  </si>
+  <si>
+    <t>170.71</t>
+  </si>
+  <si>
+    <t>169.85</t>
+  </si>
+  <si>
+    <t>2024-07-18</t>
+  </si>
+  <si>
+    <t>180.71</t>
+  </si>
+  <si>
+    <t>174.88</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>182.1</t>
+  </si>
+  <si>
+    <t>170.03</t>
+  </si>
+  <si>
+    <t>2024-08-30</t>
+  </si>
+  <si>
+    <t>183.63</t>
+  </si>
+  <si>
+    <t>179.32</t>
+  </si>
+  <si>
+    <t>2024-09-20</t>
+  </si>
+  <si>
+    <t>184.19</t>
+  </si>
+  <si>
+    <t>179.55</t>
+  </si>
+  <si>
+    <t>2024-10-14</t>
+  </si>
+  <si>
+    <t>186.19</t>
+  </si>
+  <si>
+    <t>177.31</t>
+  </si>
+  <si>
+    <t>2024-11-05</t>
+  </si>
+  <si>
+    <t>183.58</t>
+  </si>
+  <si>
+    <t>171.86</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>186.09</t>
+  </si>
+  <si>
+    <t>171.93</t>
+  </si>
+  <si>
+    <t>2024-12-19</t>
+  </si>
+  <si>
+    <t>183.51</t>
+  </si>
+  <si>
+    <t>177.7</t>
+  </si>
+  <si>
+    <t>2025-01-10</t>
+  </si>
+  <si>
+    <t>170.05</t>
+  </si>
+  <si>
+    <t>163.89</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>167.32</t>
+  </si>
+  <si>
+    <t>157.06</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>156.98</t>
+  </si>
+  <si>
+    <t>146.26</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>148.94</t>
+  </si>
+  <si>
+    <t>139.02</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>151.45</t>
+  </si>
+  <si>
+    <t>142.93</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>163.08</t>
+  </si>
+  <si>
+    <t>154.27</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>167.44</t>
+  </si>
+  <si>
+    <t>164.47</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>169.28</t>
+  </si>
+  <si>
+    <t>172.28</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>169.23</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>167.78</t>
+  </si>
+  <si>
+    <t>2025-08-19</t>
+  </si>
+  <si>
+    <t>167.45</t>
+  </si>
+  <si>
+    <t>166.38</t>
+  </si>
+  <si>
+    <t>2025-09-10</t>
+  </si>
+  <si>
+    <t>169.67</t>
+  </si>
+  <si>
+    <t>166.02</t>
+  </si>
+  <si>
+    <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>167.43</t>
+  </si>
+  <si>
+    <t>164.91</t>
+  </si>
+  <si>
+    <t>2025-10-27</t>
+  </si>
+  <si>
+    <t>167.25</t>
+  </si>
+  <si>
+    <t>170.92</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>165.08</t>
   </si>
   <si>
     <t>168.62</t>
   </si>
   <si>
-    <t>156.02</t>
-[...149 lines deleted...]
-    <t>159.25</t>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>160.69</t>
+  </si>
+  <si>
+    <t>160.17</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>164.74</t>
+  </si>
+  <si>
+    <t>164.52</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>151.41</t>
+  </si>
+  <si>
+    <t>154.89</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>158.16</t>
+  </si>
+  <si>
+    <t>161.09</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>144.19</t>
+  </si>
+  <si>
+    <t>153.24</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D73"/>
+  <dimension ref="A1:D74"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1599,104 +1608,104 @@
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>187</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>188</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0" t="s">
         <v>189</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>190</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="B65" s="0" t="s">
+      <c r="C65" s="0" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="B66" s="0" t="s">
+      <c r="C66" s="0" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="B67" s="0" t="s">
+      <c r="C67" s="0" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="B68" s="0" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>202</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0" t="s">
         <v>203</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>204</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>205</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0" t="s">
         <v>206</v>
@@ -1728,41 +1737,55 @@
     <row r="72" spans="1:4">
       <c r="A72" s="0" t="s">
         <v>212</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>213</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>214</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0" t="s">
         <v>215</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>216</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>217</v>
       </c>
       <c r="D73" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4">
+      <c r="A74" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="B74" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="D74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>