--- v0 (2025-10-09)
+++ v1 (2025-12-23)
@@ -4,504 +4,531 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="135" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="144">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Green Ethical Portfolio - Shariah Investing Theme</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2023-03-02</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2023-03-17</t>
-[...209 lines deleted...]
-    <t>182.44</t>
+    <t>2023-03-24</t>
+  </si>
+  <si>
+    <t>96.04</t>
+  </si>
+  <si>
+    <t>96.34</t>
+  </si>
+  <si>
+    <t>2023-04-20</t>
+  </si>
+  <si>
+    <t>104.24</t>
+  </si>
+  <si>
+    <t>101.49</t>
+  </si>
+  <si>
+    <t>2023-05-12</t>
+  </si>
+  <si>
+    <t>107.35</t>
+  </si>
+  <si>
+    <t>105.88</t>
+  </si>
+  <si>
+    <t>2023-06-02</t>
+  </si>
+  <si>
+    <t>112.03</t>
+  </si>
+  <si>
+    <t>111.43</t>
+  </si>
+  <si>
+    <t>2023-06-23</t>
+  </si>
+  <si>
+    <t>120.28</t>
+  </si>
+  <si>
+    <t>114.7</t>
+  </si>
+  <si>
+    <t>2023-07-17</t>
+  </si>
+  <si>
+    <t>124.83</t>
+  </si>
+  <si>
+    <t>123.34</t>
+  </si>
+  <si>
+    <t>2023-08-07</t>
+  </si>
+  <si>
+    <t>128.97</t>
+  </si>
+  <si>
+    <t>126.58</t>
+  </si>
+  <si>
+    <t>2023-08-29</t>
+  </si>
+  <si>
+    <t>134.98</t>
+  </si>
+  <si>
+    <t>129.79</t>
+  </si>
+  <si>
+    <t>2023-09-20</t>
+  </si>
+  <si>
+    <t>135.85</t>
+  </si>
+  <si>
+    <t>136.17</t>
+  </si>
+  <si>
+    <t>2023-10-12</t>
+  </si>
+  <si>
+    <t>137.02</t>
+  </si>
+  <si>
+    <t>139.82</t>
+  </si>
+  <si>
+    <t>2023-11-03</t>
+  </si>
+  <si>
+    <t>131.95</t>
+  </si>
+  <si>
+    <t>139.97</t>
+  </si>
+  <si>
+    <t>2023-11-28</t>
+  </si>
+  <si>
+    <t>139.52</t>
+  </si>
+  <si>
+    <t>149.73</t>
+  </si>
+  <si>
+    <t>2023-12-19</t>
+  </si>
+  <si>
+    <t>146.69</t>
+  </si>
+  <si>
+    <t>161.42</t>
+  </si>
+  <si>
+    <t>2024-01-10</t>
+  </si>
+  <si>
+    <t>151.45</t>
+  </si>
+  <si>
+    <t>166.12</t>
+  </si>
+  <si>
+    <t>2024-02-01</t>
+  </si>
+  <si>
+    <t>154.13</t>
+  </si>
+  <si>
+    <t>174.11</t>
+  </si>
+  <si>
+    <t>2024-02-22</t>
+  </si>
+  <si>
+    <t>159.03</t>
+  </si>
+  <si>
+    <t>173.98</t>
+  </si>
+  <si>
+    <t>2024-03-15</t>
+  </si>
+  <si>
+    <t>143.41</t>
+  </si>
+  <si>
+    <t>160.29</t>
+  </si>
+  <si>
+    <t>2024-04-09</t>
+  </si>
+  <si>
+    <t>152.61</t>
+  </si>
+  <si>
+    <t>177.62</t>
+  </si>
+  <si>
+    <t>2024-05-03</t>
+  </si>
+  <si>
+    <t>159.41</t>
+  </si>
+  <si>
+    <t>182.85</t>
+  </si>
+  <si>
+    <t>2024-05-27</t>
+  </si>
+  <si>
+    <t>157.85</t>
+  </si>
+  <si>
+    <t>183.75</t>
+  </si>
+  <si>
+    <t>2024-06-18</t>
+  </si>
+  <si>
+    <t>172.7</t>
+  </si>
+  <si>
+    <t>196.91</t>
+  </si>
+  <si>
+    <t>2024-07-09</t>
+  </si>
+  <si>
+    <t>183.42</t>
+  </si>
+  <si>
+    <t>204.84</t>
+  </si>
+  <si>
+    <t>2024-07-31</t>
+  </si>
+  <si>
+    <t>184.61</t>
+  </si>
+  <si>
+    <t>206.61</t>
+  </si>
+  <si>
+    <t>2024-08-22</t>
+  </si>
+  <si>
+    <t>196.06</t>
+  </si>
+  <si>
+    <t>206.2</t>
+  </si>
+  <si>
+    <t>2024-09-12</t>
+  </si>
+  <si>
+    <t>208.73</t>
+  </si>
+  <si>
+    <t>208.96</t>
+  </si>
+  <si>
+    <t>2024-10-04</t>
+  </si>
+  <si>
+    <t>203.92</t>
+  </si>
+  <si>
+    <t>202.52</t>
+  </si>
+  <si>
+    <t>2024-10-25</t>
+  </si>
+  <si>
+    <t>179.98</t>
+  </si>
+  <si>
+    <t>192.69</t>
+  </si>
+  <si>
+    <t>2024-11-19</t>
+  </si>
+  <si>
+    <t>191.44</t>
+  </si>
+  <si>
+    <t>190.85</t>
+  </si>
+  <si>
+    <t>2024-12-11</t>
+  </si>
+  <si>
+    <t>213</t>
+  </si>
+  <si>
+    <t>212.23</t>
+  </si>
+  <si>
+    <t>2025-01-02</t>
+  </si>
+  <si>
+    <t>217.01</t>
+  </si>
+  <si>
+    <t>206</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>199.53</t>
+  </si>
+  <si>
+    <t>187.47</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>181.78</t>
+  </si>
+  <si>
+    <t>173.1</t>
+  </si>
+  <si>
+    <t>2025-03-06</t>
+  </si>
+  <si>
+    <t>171.74</t>
+  </si>
+  <si>
+    <t>166.27</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>173.72</t>
+  </si>
+  <si>
+    <t>173.77</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>180.68</t>
+  </si>
+  <si>
+    <t>183.14</t>
+  </si>
+  <si>
+    <t>2025-05-16</t>
+  </si>
+  <si>
+    <t>191.51</t>
+  </si>
+  <si>
+    <t>189.59</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>194.15</t>
+  </si>
+  <si>
+    <t>200.62</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>199.23</t>
+  </si>
+  <si>
+    <t>204.88</t>
+  </si>
+  <si>
+    <t>2025-07-18</t>
+  </si>
+  <si>
+    <t>202.11</t>
+  </si>
+  <si>
+    <t>204.69</t>
+  </si>
+  <si>
+    <t>2025-08-08</t>
+  </si>
+  <si>
+    <t>191.65</t>
+  </si>
+  <si>
+    <t>188.16</t>
+  </si>
+  <si>
+    <t>2025-09-02</t>
+  </si>
+  <si>
+    <t>196.04</t>
+  </si>
+  <si>
+    <t>189.92</t>
+  </si>
+  <si>
+    <t>2025-09-23</t>
+  </si>
+  <si>
+    <t>204.29</t>
+  </si>
+  <si>
+    <t>196.4</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>196.51</t>
   </si>
   <si>
     <t>195.28</t>
   </si>
   <si>
-    <t>2024-09-05</t>
-[...167 lines deleted...]
-    <t>193.15</t>
+    <t>2025-11-10</t>
+  </si>
+  <si>
+    <t>193.04</t>
+  </si>
+  <si>
+    <t>195.83</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>189.14</t>
+  </si>
+  <si>
+    <t>192.98</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>184.44</t>
+  </si>
+  <si>
+    <t>189.94</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D45"/>
+  <dimension ref="A1:D48"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1087,41 +1114,83 @@
     <row r="44" spans="1:4">
       <c r="A44" s="0" t="s">
         <v>129</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>131</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D45" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="B46" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="D47" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4">
+      <c r="A48" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>