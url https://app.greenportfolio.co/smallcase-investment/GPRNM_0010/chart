--- v1 (2025-12-23)
+++ v2 (2026-01-29)
@@ -4,531 +4,549 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="150">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Green Ethical Portfolio - Shariah Investing Theme</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2023-03-02</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2023-03-24</t>
-[...236 lines deleted...]
-    <t>179.98</t>
+    <t>2023-03-16</t>
+  </si>
+  <si>
+    <t>95.81</t>
+  </si>
+  <si>
+    <t>97.52</t>
+  </si>
+  <si>
+    <t>2023-04-11</t>
+  </si>
+  <si>
+    <t>101.47</t>
+  </si>
+  <si>
+    <t>99.99</t>
+  </si>
+  <si>
+    <t>2023-05-04</t>
+  </si>
+  <si>
+    <t>106.47</t>
+  </si>
+  <si>
+    <t>105.91</t>
+  </si>
+  <si>
+    <t>2023-05-25</t>
+  </si>
+  <si>
+    <t>108.06</t>
+  </si>
+  <si>
+    <t>107.51</t>
+  </si>
+  <si>
+    <t>2023-06-15</t>
+  </si>
+  <si>
+    <t>117.39</t>
+  </si>
+  <si>
+    <t>114.84</t>
+  </si>
+  <si>
+    <t>2023-07-07</t>
+  </si>
+  <si>
+    <t>122.55</t>
+  </si>
+  <si>
+    <t>120.04</t>
+  </si>
+  <si>
+    <t>2023-07-28</t>
+  </si>
+  <si>
+    <t>125.33</t>
+  </si>
+  <si>
+    <t>125.24</t>
+  </si>
+  <si>
+    <t>2023-08-21</t>
+  </si>
+  <si>
+    <t>129.27</t>
+  </si>
+  <si>
+    <t>126.93</t>
+  </si>
+  <si>
+    <t>2023-09-11</t>
+  </si>
+  <si>
+    <t>141.61</t>
+  </si>
+  <si>
+    <t>140.16</t>
+  </si>
+  <si>
+    <t>2023-10-04</t>
+  </si>
+  <si>
+    <t>134.2</t>
+  </si>
+  <si>
+    <t>136.64</t>
+  </si>
+  <si>
+    <t>2023-10-26</t>
+  </si>
+  <si>
+    <t>128.21</t>
+  </si>
+  <si>
+    <t>133.77</t>
+  </si>
+  <si>
+    <t>2023-11-17</t>
+  </si>
+  <si>
+    <t>135.8</t>
+  </si>
+  <si>
+    <t>149.87</t>
+  </si>
+  <si>
+    <t>2023-12-11</t>
+  </si>
+  <si>
+    <t>142.82</t>
+  </si>
+  <si>
+    <t>156.82</t>
+  </si>
+  <si>
+    <t>2024-01-02</t>
+  </si>
+  <si>
+    <t>151.09</t>
+  </si>
+  <si>
+    <t>163.99</t>
+  </si>
+  <si>
+    <t>2024-01-23</t>
+  </si>
+  <si>
+    <t>149.59</t>
+  </si>
+  <si>
+    <t>162.73</t>
+  </si>
+  <si>
+    <t>2024-02-14</t>
+  </si>
+  <si>
+    <t>151.76</t>
+  </si>
+  <si>
+    <t>171.62</t>
+  </si>
+  <si>
+    <t>2024-03-06</t>
+  </si>
+  <si>
+    <t>152.74</t>
+  </si>
+  <si>
+    <t>168.17</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>148.39</t>
+  </si>
+  <si>
+    <t>170.24</t>
+  </si>
+  <si>
+    <t>2024-04-24</t>
+  </si>
+  <si>
+    <t>158.53</t>
+  </si>
+  <si>
+    <t>180.8</t>
+  </si>
+  <si>
+    <t>2024-05-16</t>
+  </si>
+  <si>
+    <t>159.01</t>
+  </si>
+  <si>
+    <t>179.18</t>
+  </si>
+  <si>
+    <t>2024-06-07</t>
+  </si>
+  <si>
+    <t>158.8</t>
+  </si>
+  <si>
+    <t>185.86</t>
+  </si>
+  <si>
+    <t>2024-07-01</t>
+  </si>
+  <si>
+    <t>177.76</t>
+  </si>
+  <si>
+    <t>200.74</t>
+  </si>
+  <si>
+    <t>2024-07-23</t>
+  </si>
+  <si>
+    <t>172.85</t>
+  </si>
+  <si>
+    <t>198.66</t>
+  </si>
+  <si>
+    <t>2024-08-13</t>
+  </si>
+  <si>
+    <t>185.24</t>
+  </si>
+  <si>
+    <t>196.53</t>
+  </si>
+  <si>
+    <t>2024-09-04</t>
+  </si>
+  <si>
+    <t>201.96</t>
+  </si>
+  <si>
+    <t>208.61</t>
+  </si>
+  <si>
+    <t>2024-09-25</t>
+  </si>
+  <si>
+    <t>213.6</t>
+  </si>
+  <si>
+    <t>208.99</t>
+  </si>
+  <si>
+    <t>2024-10-17</t>
+  </si>
+  <si>
+    <t>198.96</t>
+  </si>
+  <si>
+    <t>205.84</t>
+  </si>
+  <si>
+    <t>2024-11-08</t>
+  </si>
+  <si>
+    <t>199.38</t>
+  </si>
+  <si>
+    <t>199.14</t>
+  </si>
+  <si>
+    <t>2024-12-03</t>
+  </si>
+  <si>
+    <t>207.38</t>
+  </si>
+  <si>
+    <t>205.17</t>
+  </si>
+  <si>
+    <t>2024-12-24</t>
+  </si>
+  <si>
+    <t>210.68</t>
+  </si>
+  <si>
+    <t>202.24</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>198.08</t>
+  </si>
+  <si>
+    <t>187.36</t>
+  </si>
+  <si>
+    <t>2025-02-04</t>
+  </si>
+  <si>
+    <t>190.48</t>
+  </si>
+  <si>
+    <t>181.36</t>
+  </si>
+  <si>
+    <t>2025-02-25</t>
+  </si>
+  <si>
+    <t>170.3</t>
+  </si>
+  <si>
+    <t>166.35</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>177.08</t>
+  </si>
+  <si>
+    <t>171.21</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>174.22</t>
+  </si>
+  <si>
+    <t>174.68</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>172.01</t>
+  </si>
+  <si>
+    <t>174.72</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>196.13</t>
+  </si>
+  <si>
+    <t>193.14</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>192.05</t>
+  </si>
+  <si>
+    <t>194.47</t>
+  </si>
+  <si>
+    <t>2025-07-10</t>
+  </si>
+  <si>
+    <t>199.9</t>
+  </si>
+  <si>
+    <t>204.66</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>198.35</t>
+  </si>
+  <si>
+    <t>193.97</t>
+  </si>
+  <si>
+    <t>2025-08-22</t>
+  </si>
+  <si>
+    <t>197.72</t>
+  </si>
+  <si>
+    <t>193.46</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>202.96</t>
+  </si>
+  <si>
+    <t>195.7</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>196.23</t>
+  </si>
+  <si>
+    <t>194.15</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>203.15</t>
+  </si>
+  <si>
+    <t>199.4</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>190.78</t>
   </si>
   <si>
     <t>192.69</t>
   </si>
   <si>
-    <t>2024-11-19</t>
-[...167 lines deleted...]
-    <t>189.94</t>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>182.18</t>
+  </si>
+  <si>
+    <t>187.75</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>186.91</t>
+  </si>
+  <si>
+    <t>193.54</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>176.95</t>
+  </si>
+  <si>
+    <t>181.28</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D48"/>
+  <dimension ref="A1:D50"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1156,41 +1174,69 @@
     <row r="47" spans="1:4">
       <c r="A47" s="0" t="s">
         <v>138</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D48" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4">
+      <c r="A49" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="D49" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4">
+      <c r="A50" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="B50" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="D50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>