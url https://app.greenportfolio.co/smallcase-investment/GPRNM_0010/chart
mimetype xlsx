--- v2 (2026-01-29)
+++ v3 (2026-02-19)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="150">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="153">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Green Ethical Portfolio - Shariah Investing Theme</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2023-03-02</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2023-03-16</t>
   </si>
   <si>
     <t>95.81</t>
   </si>
   <si>
@@ -454,99 +454,108 @@
     <t>2025-12-12</t>
   </si>
   <si>
     <t>182.18</t>
   </si>
   <si>
     <t>187.75</t>
   </si>
   <si>
     <t>2026-01-05</t>
   </si>
   <si>
     <t>186.91</t>
   </si>
   <si>
     <t>193.54</t>
   </si>
   <si>
     <t>2026-01-28</t>
   </si>
   <si>
     <t>176.95</t>
   </si>
   <si>
     <t>181.28</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>189.87</t>
+  </si>
+  <si>
+    <t>185.12</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D50"/>
+  <dimension ref="A1:D51"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1202,41 +1211,55 @@
     <row r="49" spans="1:4">
       <c r="A49" s="0" t="s">
         <v>144</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D50" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="D51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>