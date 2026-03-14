--- v3 (2026-02-19)
+++ v4 (2026-03-14)
@@ -4,558 +4,567 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="153">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="156">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Green Ethical Portfolio - Shariah Investing Theme</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2023-03-02</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2023-03-16</t>
-[...242 lines deleted...]
-    <t>2024-11-08</t>
+    <t>2023-03-13</t>
+  </si>
+  <si>
+    <t>96.74</t>
+  </si>
+  <si>
+    <t>98.45</t>
+  </si>
+  <si>
+    <t>2023-04-05</t>
+  </si>
+  <si>
+    <t>99.73</t>
+  </si>
+  <si>
+    <t>98.54</t>
+  </si>
+  <si>
+    <t>2023-04-28</t>
+  </si>
+  <si>
+    <t>104.95</t>
+  </si>
+  <si>
+    <t>104.43</t>
+  </si>
+  <si>
+    <t>2023-05-22</t>
+  </si>
+  <si>
+    <t>107.01</t>
+  </si>
+  <si>
+    <t>107.38</t>
+  </si>
+  <si>
+    <t>2023-06-12</t>
+  </si>
+  <si>
+    <t>116.95</t>
+  </si>
+  <si>
+    <t>113.72</t>
+  </si>
+  <si>
+    <t>2023-07-04</t>
+  </si>
+  <si>
+    <t>122.09</t>
+  </si>
+  <si>
+    <t>118.73</t>
+  </si>
+  <si>
+    <t>2023-07-25</t>
+  </si>
+  <si>
+    <t>124.49</t>
+  </si>
+  <si>
+    <t>124.79</t>
+  </si>
+  <si>
+    <t>2023-08-16</t>
+  </si>
+  <si>
+    <t>127.31</t>
+  </si>
+  <si>
+    <t>126.62</t>
+  </si>
+  <si>
+    <t>2023-09-06</t>
+  </si>
+  <si>
+    <t>140.48</t>
+  </si>
+  <si>
+    <t>136.84</t>
+  </si>
+  <si>
+    <t>2023-09-28</t>
+  </si>
+  <si>
+    <t>134.74</t>
+  </si>
+  <si>
+    <t>136.29</t>
+  </si>
+  <si>
+    <t>2023-10-20</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>139.57</t>
+  </si>
+  <si>
+    <t>2023-11-13</t>
+  </si>
+  <si>
+    <t>134.78</t>
+  </si>
+  <si>
+    <t>146.94</t>
+  </si>
+  <si>
+    <t>2023-12-06</t>
+  </si>
+  <si>
+    <t>143.75</t>
+  </si>
+  <si>
+    <t>156.63</t>
+  </si>
+  <si>
+    <t>2023-12-28</t>
+  </si>
+  <si>
+    <t>147.42</t>
+  </si>
+  <si>
+    <t>162.5</t>
+  </si>
+  <si>
+    <t>2024-01-18</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>165.4</t>
+  </si>
+  <si>
+    <t>2024-02-09</t>
+  </si>
+  <si>
+    <t>154.68</t>
+  </si>
+  <si>
+    <t>175.65</t>
+  </si>
+  <si>
+    <t>2024-03-01</t>
+  </si>
+  <si>
+    <t>156.6</t>
+  </si>
+  <si>
+    <t>173.38</t>
+  </si>
+  <si>
+    <t>2024-03-26</t>
+  </si>
+  <si>
+    <t>142.83</t>
+  </si>
+  <si>
+    <t>163.22</t>
+  </si>
+  <si>
+    <t>2024-04-19</t>
+  </si>
+  <si>
+    <t>154.35</t>
+  </si>
+  <si>
+    <t>175.66</t>
+  </si>
+  <si>
+    <t>2024-05-13</t>
+  </si>
+  <si>
+    <t>154.13</t>
+  </si>
+  <si>
+    <t>173.15</t>
+  </si>
+  <si>
+    <t>2024-06-04</t>
+  </si>
+  <si>
+    <t>146.88</t>
+  </si>
+  <si>
+    <t>169.42</t>
+  </si>
+  <si>
+    <t>2024-06-26</t>
+  </si>
+  <si>
+    <t>174.34</t>
+  </si>
+  <si>
+    <t>197.44</t>
+  </si>
+  <si>
+    <t>2024-07-18</t>
+  </si>
+  <si>
+    <t>176.56</t>
+  </si>
+  <si>
+    <t>203.28</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>184.34</t>
+  </si>
+  <si>
+    <t>197.65</t>
+  </si>
+  <si>
+    <t>2024-08-30</t>
   </si>
   <si>
     <t>199.38</t>
   </si>
   <si>
-    <t>199.14</t>
-[...188 lines deleted...]
-    <t>185.12</t>
+    <t>208.44</t>
+  </si>
+  <si>
+    <t>2024-09-20</t>
+  </si>
+  <si>
+    <t>208.88</t>
+  </si>
+  <si>
+    <t>208.71</t>
+  </si>
+  <si>
+    <t>2024-10-14</t>
+  </si>
+  <si>
+    <t>201.66</t>
+  </si>
+  <si>
+    <t>206.11</t>
+  </si>
+  <si>
+    <t>2024-11-05</t>
+  </si>
+  <si>
+    <t>198.38</t>
+  </si>
+  <si>
+    <t>199.77</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>201.29</t>
+  </si>
+  <si>
+    <t>199.85</t>
+  </si>
+  <si>
+    <t>2024-12-19</t>
+  </si>
+  <si>
+    <t>217.28</t>
+  </si>
+  <si>
+    <t>206.57</t>
+  </si>
+  <si>
+    <t>2025-01-10</t>
+  </si>
+  <si>
+    <t>201.15</t>
+  </si>
+  <si>
+    <t>190.51</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>194.53</t>
+  </si>
+  <si>
+    <t>182.57</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>176.53</t>
+  </si>
+  <si>
+    <t>170.02</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>165.18</t>
+  </si>
+  <si>
+    <t>161.6</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>164.67</t>
+  </si>
+  <si>
+    <t>166.14</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>175.62</t>
+  </si>
+  <si>
+    <t>179.32</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>192.91</t>
+  </si>
+  <si>
+    <t>191.18</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>194.99</t>
+  </si>
+  <si>
+    <t>200.26</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>200.52</t>
+  </si>
+  <si>
+    <t>204.59</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>197.34</t>
+  </si>
+  <si>
+    <t>195.03</t>
+  </si>
+  <si>
+    <t>2025-08-19</t>
+  </si>
+  <si>
+    <t>196.89</t>
+  </si>
+  <si>
+    <t>193.41</t>
+  </si>
+  <si>
+    <t>2025-09-10</t>
+  </si>
+  <si>
+    <t>199.49</t>
+  </si>
+  <si>
+    <t>192.98</t>
+  </si>
+  <si>
+    <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>195.66</t>
+  </si>
+  <si>
+    <t>191.7</t>
+  </si>
+  <si>
+    <t>2025-10-27</t>
+  </si>
+  <si>
+    <t>200.67</t>
+  </si>
+  <si>
+    <t>198.68</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>196.67</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>180.34</t>
+  </si>
+  <si>
+    <t>186.19</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>188.46</t>
+  </si>
+  <si>
+    <t>191.24</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>174.87</t>
+  </si>
+  <si>
+    <t>180.05</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>191.89</t>
+  </si>
+  <si>
+    <t>187.25</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>182.17</t>
+  </si>
+  <si>
+    <t>178.13</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D51"/>
+  <dimension ref="A1:D52"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -1225,41 +1234,55 @@
     <row r="50" spans="1:4">
       <c r="A50" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D51" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="D52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>