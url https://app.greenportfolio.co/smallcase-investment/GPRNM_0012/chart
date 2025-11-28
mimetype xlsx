--- v0 (2025-10-09)
+++ v1 (2025-11-28)
@@ -4,285 +4,306 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Pharma Select Tracker</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2024-08-29</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-09-05</t>
-[...47 lines deleted...]
-    <t>106.35</t>
+    <t>2024-09-10</t>
+  </si>
+  <si>
+    <t>108.6</t>
+  </si>
+  <si>
+    <t>100.54</t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>103.68</t>
+  </si>
+  <si>
+    <t>100.61</t>
+  </si>
+  <si>
+    <t>2024-10-23</t>
+  </si>
+  <si>
+    <t>97.6</t>
+  </si>
+  <si>
+    <t>95.17</t>
+  </si>
+  <si>
+    <t>2024-11-14</t>
+  </si>
+  <si>
+    <t>99.94</t>
+  </si>
+  <si>
+    <t>91.6</t>
+  </si>
+  <si>
+    <t>2024-12-09</t>
+  </si>
+  <si>
+    <t>110.48</t>
+  </si>
+  <si>
+    <t>101.63</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>109.14</t>
+  </si>
+  <si>
+    <t>97.68</t>
+  </si>
+  <si>
+    <t>2025-01-21</t>
+  </si>
+  <si>
+    <t>105.74</t>
+  </si>
+  <si>
+    <t>90.85</t>
+  </si>
+  <si>
+    <t>2025-02-10</t>
+  </si>
+  <si>
+    <t>103.02</t>
+  </si>
+  <si>
+    <t>86.65</t>
+  </si>
+  <si>
+    <t>2025-03-04</t>
+  </si>
+  <si>
+    <t>86.21</t>
+  </si>
+  <si>
+    <t>76.83</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>91.02</t>
+  </si>
+  <si>
+    <t>82.94</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>92.16</t>
+  </si>
+  <si>
+    <t>87.93</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>94.77</t>
+  </si>
+  <si>
+    <t>89.24</t>
+  </si>
+  <si>
+    <t>2025-06-04</t>
+  </si>
+  <si>
+    <t>98.15</t>
+  </si>
+  <si>
+    <t>95.02</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>98.93</t>
   </si>
   <si>
     <t>97.47</t>
   </si>
   <si>
-    <t>2025-01-16</t>
-[...110 lines deleted...]
-    <t>93.11</t>
+    <t>2025-07-16</t>
+  </si>
+  <si>
+    <t>103.85</t>
+  </si>
+  <si>
+    <t>99.61</t>
+  </si>
+  <si>
+    <t>2025-08-06</t>
+  </si>
+  <si>
+    <t>99.11</t>
+  </si>
+  <si>
+    <t>91.92</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>97.54</t>
+  </si>
+  <si>
+    <t>89.66</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>103.54</t>
+  </si>
+  <si>
+    <t>96.3</t>
+  </si>
+  <si>
+    <t>2025-10-13</t>
+  </si>
+  <si>
+    <t>99.07</t>
+  </si>
+  <si>
+    <t>94.21</t>
+  </si>
+  <si>
+    <t>2025-11-06</t>
+  </si>
+  <si>
+    <t>101.35</t>
+  </si>
+  <si>
+    <t>94.23</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>101.15</t>
+  </si>
+  <si>
+    <t>93.04</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D21"/>
+  <dimension ref="A1:D23"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -498,75 +519,103 @@
         <v>50</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D21" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="D22" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="D23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>