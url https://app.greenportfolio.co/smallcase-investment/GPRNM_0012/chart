--- v1 (2025-11-28)
+++ v2 (2025-12-19)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="72">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Pharma Select Tracker</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2024-08-29</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-09-10</t>
   </si>
   <si>
     <t>108.6</t>
   </si>
   <si>
@@ -211,99 +211,108 @@
     <t>2025-10-13</t>
   </si>
   <si>
     <t>99.07</t>
   </si>
   <si>
     <t>94.21</t>
   </si>
   <si>
     <t>2025-11-06</t>
   </si>
   <si>
     <t>101.35</t>
   </si>
   <si>
     <t>94.23</t>
   </si>
   <si>
     <t>2025-11-27</t>
   </si>
   <si>
     <t>101.15</t>
   </si>
   <si>
     <t>93.04</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>98.01</t>
+  </si>
+  <si>
+    <t>89.31</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D23"/>
+  <dimension ref="A1:D24"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -584,38 +593,52 @@
       </c>
       <c r="B22" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="0" t="s">
         <v>66</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
+    <row r="24" spans="1:4">
+      <c r="A24" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>