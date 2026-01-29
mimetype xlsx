--- v2 (2025-12-19)
+++ v3 (2026-01-29)
@@ -4,315 +4,333 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Pharma Select Tracker</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2024-08-29</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-09-10</t>
-[...152 lines deleted...]
-    <t>2025-09-19</t>
+    <t>2024-09-04</t>
   </si>
   <si>
     <t>103.54</t>
   </si>
   <si>
-    <t>96.3</t>
-[...35 lines deleted...]
-    <t>89.31</t>
+    <t>100.56</t>
+  </si>
+  <si>
+    <t>2024-09-25</t>
+  </si>
+  <si>
+    <t>103.32</t>
+  </si>
+  <si>
+    <t>100.75</t>
+  </si>
+  <si>
+    <t>2024-10-17</t>
+  </si>
+  <si>
+    <t>101.39</t>
+  </si>
+  <si>
+    <t>99.23</t>
+  </si>
+  <si>
+    <t>2024-11-08</t>
+  </si>
+  <si>
+    <t>103.83</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>2024-12-03</t>
+  </si>
+  <si>
+    <t>109.88</t>
+  </si>
+  <si>
+    <t>98.9</t>
+  </si>
+  <si>
+    <t>2024-12-24</t>
+  </si>
+  <si>
+    <t>105.66</t>
+  </si>
+  <si>
+    <t>97.49</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>103.29</t>
+  </si>
+  <si>
+    <t>90.32</t>
+  </si>
+  <si>
+    <t>2025-02-04</t>
+  </si>
+  <si>
+    <t>101.44</t>
+  </si>
+  <si>
+    <t>87.43</t>
+  </si>
+  <si>
+    <t>2025-02-25</t>
+  </si>
+  <si>
+    <t>89.95</t>
+  </si>
+  <si>
+    <t>80.19</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>90.51</t>
+  </si>
+  <si>
+    <t>82.53</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>90.7</t>
+  </si>
+  <si>
+    <t>84.2</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>89.89</t>
+  </si>
+  <si>
+    <t>84.23</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>99.14</t>
+  </si>
+  <si>
+    <t>93.1</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>95.9</t>
+  </si>
+  <si>
+    <t>93.75</t>
+  </si>
+  <si>
+    <t>2025-07-10</t>
+  </si>
+  <si>
+    <t>100.81</t>
+  </si>
+  <si>
+    <t>98.66</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>104.08</t>
+  </si>
+  <si>
+    <t>93.51</t>
+  </si>
+  <si>
+    <t>2025-08-22</t>
+  </si>
+  <si>
+    <t>100.9</t>
+  </si>
+  <si>
+    <t>93.26</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>100.35</t>
+  </si>
+  <si>
+    <t>94.34</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>97.53</t>
+  </si>
+  <si>
+    <t>93.59</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>101.12</t>
+  </si>
+  <si>
+    <t>96.12</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>100.11</t>
+  </si>
+  <si>
+    <t>92.89</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>98.33</t>
+  </si>
+  <si>
+    <t>90.5</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>98.25</t>
+  </si>
+  <si>
+    <t>93.3</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>92.7</t>
+  </si>
+  <si>
+    <t>87.39</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D24"/>
+  <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -607,38 +625,66 @@
       </c>
       <c r="B23" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
+    <row r="25" spans="1:4">
+      <c r="A25" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="B25" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="D25" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="D26" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>