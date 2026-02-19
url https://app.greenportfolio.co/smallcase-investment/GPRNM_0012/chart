--- v3 (2026-01-29)
+++ v4 (2026-02-19)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="81">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Pharma Select Tracker</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2024-08-29</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-09-04</t>
   </si>
   <si>
     <t>103.54</t>
   </si>
   <si>
@@ -238,99 +238,108 @@
     <t>2025-12-12</t>
   </si>
   <si>
     <t>98.33</t>
   </si>
   <si>
     <t>90.5</t>
   </si>
   <si>
     <t>2026-01-05</t>
   </si>
   <si>
     <t>98.25</t>
   </si>
   <si>
     <t>93.3</t>
   </si>
   <si>
     <t>2026-01-28</t>
   </si>
   <si>
     <t>92.7</t>
   </si>
   <si>
     <t>87.39</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>100.98</t>
+  </si>
+  <si>
+    <t>89.24</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D26"/>
+  <dimension ref="A1:D27"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -650,41 +659,55 @@
     <row r="25" spans="1:4">
       <c r="A25" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D26" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
+      <c r="A27" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>