--- v4 (2026-02-19)
+++ v5 (2026-03-14)
@@ -4,342 +4,348 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Values" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="83">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Pharma Select Tracker</t>
   </si>
   <si>
     <t>Equity Smallcap</t>
   </si>
   <si>
     <t>2024-08-29</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-09-04</t>
-[...221 lines deleted...]
-    <t>89.24</t>
+    <t>2024-08-30</t>
+  </si>
+  <si>
+    <t>101.17</t>
+  </si>
+  <si>
+    <t>100.48</t>
+  </si>
+  <si>
+    <t>2024-09-20</t>
+  </si>
+  <si>
+    <t>103.98</t>
+  </si>
+  <si>
+    <t>100.61</t>
+  </si>
+  <si>
+    <t>2024-10-14</t>
+  </si>
+  <si>
+    <t>101.2</t>
+  </si>
+  <si>
+    <t>99.35</t>
+  </si>
+  <si>
+    <t>2024-11-05</t>
+  </si>
+  <si>
+    <t>103.87</t>
+  </si>
+  <si>
+    <t>96.3</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>104.12</t>
+  </si>
+  <si>
+    <t>96.34</t>
+  </si>
+  <si>
+    <t>2024-12-19</t>
+  </si>
+  <si>
+    <t>108.84</t>
+  </si>
+  <si>
+    <t>99.58</t>
+  </si>
+  <si>
+    <t>2025-01-10</t>
+  </si>
+  <si>
+    <t>103.18</t>
+  </si>
+  <si>
+    <t>91.83</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>101.15</t>
+  </si>
+  <si>
+    <t>88.01</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>92.87</t>
+  </si>
+  <si>
+    <t>81.96</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>85.87</t>
+  </si>
+  <si>
+    <t>77.9</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>87.23</t>
+  </si>
+  <si>
+    <t>80.09</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>90.83</t>
+  </si>
+  <si>
+    <t>86.44</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>98.43</t>
+  </si>
+  <si>
+    <t>92.16</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>99.54</t>
+  </si>
+  <si>
+    <t>96.54</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>102.17</t>
+  </si>
+  <si>
+    <t>98.62</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>103.01</t>
+  </si>
+  <si>
+    <t>94.02</t>
+  </si>
+  <si>
+    <t>2025-08-19</t>
+  </si>
+  <si>
+    <t>101.31</t>
+  </si>
+  <si>
+    <t>93.23</t>
+  </si>
+  <si>
+    <t>2025-09-10</t>
+  </si>
+  <si>
+    <t>99.5</t>
+  </si>
+  <si>
+    <t>93.03</t>
+  </si>
+  <si>
+    <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>97.84</t>
+  </si>
+  <si>
+    <t>92.41</t>
+  </si>
+  <si>
+    <t>2025-10-27</t>
+  </si>
+  <si>
+    <t>101.4</t>
+  </si>
+  <si>
+    <t>95.78</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>102.57</t>
+  </si>
+  <si>
+    <t>94.48</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>99.04</t>
+  </si>
+  <si>
+    <t>89.75</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>98.63</t>
+  </si>
+  <si>
+    <t>92.19</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>93.81</t>
+  </si>
+  <si>
+    <t>86.79</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>99.86</t>
+  </si>
+  <si>
+    <t>90.27</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>98.93</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf applyFont="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D27"/>
+  <dimension ref="A1:D28"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
@@ -673,41 +679,55 @@
     <row r="26" spans="1:4">
       <c r="A26" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>79</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>80</v>
       </c>
       <c r="D27" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="A28" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>